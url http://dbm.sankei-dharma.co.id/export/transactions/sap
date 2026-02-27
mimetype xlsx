--- v0 (2025-12-19)
+++ v1 (2026-02-27)
@@ -12,3869 +12,3707 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1219">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Plant</t>
   </si>
   <si>
     <t>Kanban ADM</t>
   </si>
   <si>
     <t>Label SDI</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>DN Number</t>
   </si>
   <si>
     <t>DN Status</t>
   </si>
   <si>
     <t>Order Kbn</t>
   </si>
   <si>
     <t>Match Kbn</t>
   </si>
   <si>
     <t>Del. Cycle</t>
   </si>
   <si>
     <t>Job/Part No</t>
   </si>
   <si>
     <t>Seq</t>
   </si>
   <si>
     <t>Job/Part No FG</t>
   </si>
   <si>
     <t>Seq FG</t>
   </si>
   <si>
     <t>Created At</t>
   </si>
   <si>
     <t>ADM SAP</t>
   </si>
   <si>
-    <t>DN4125120063495AGT-5331000001</t>
+    <t>DN4126020138159AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-033</t>
+  </si>
+  <si>
+    <t>match</t>
+  </si>
+  <si>
+    <t>DN4126020138159A</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>GT-5332</t>
+  </si>
+  <si>
+    <t>000003</t>
+  </si>
+  <si>
+    <t>033</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:40:12</t>
+  </si>
+  <si>
+    <t>DN4126020138159AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-037</t>
+  </si>
+  <si>
+    <t>000002</t>
+  </si>
+  <si>
+    <t>037</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:40:22</t>
+  </si>
+  <si>
+    <t>DN4126020138159AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-032</t>
+  </si>
+  <si>
+    <t>close</t>
+  </si>
+  <si>
+    <t>000001</t>
+  </si>
+  <si>
+    <t>032</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:40:31</t>
+  </si>
+  <si>
+    <t>DN4126020138159AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-005</t>
+  </si>
+  <si>
+    <t>GT-5331</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:40:43</t>
+  </si>
+  <si>
+    <t>DN4126020138159AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-025</t>
+  </si>
+  <si>
+    <t>025</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:40:52</t>
+  </si>
+  <si>
+    <t>DN4126020138159AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-003</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:41:01</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-040</t>
+  </si>
+  <si>
+    <t>DN4126020138160A</t>
+  </si>
+  <si>
+    <t>040</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:41:42</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-039</t>
+  </si>
+  <si>
+    <t>039</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:41:52</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-026</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:42:05</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-027</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:42:13</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-028</t>
+  </si>
+  <si>
+    <t>028</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:42:23</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-034</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:42:35</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5332000004</t>
+  </si>
+  <si>
+    <t>GT-5332-035</t>
+  </si>
+  <si>
+    <t>000004</t>
+  </si>
+  <si>
+    <t>035</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:42:45</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5332000005</t>
+  </si>
+  <si>
+    <t>GT-5332-036</t>
+  </si>
+  <si>
+    <t>000005</t>
+  </si>
+  <si>
+    <t>036</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:42:52</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000004</t>
+  </si>
+  <si>
+    <t>GT-5331-004</t>
+  </si>
+  <si>
+    <t>004</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:43:09</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000005</t>
+  </si>
+  <si>
+    <t>GT-5331-001</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:43:18</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000006</t>
+  </si>
+  <si>
+    <t>GT-5331-030</t>
+  </si>
+  <si>
+    <t>000006</t>
+  </si>
+  <si>
+    <t>030</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:43:26</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000007</t>
+  </si>
+  <si>
+    <t>GT-5331-029</t>
+  </si>
+  <si>
+    <t>000007</t>
+  </si>
+  <si>
+    <t>029</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:43:34</t>
+  </si>
+  <si>
+    <t>DN4126020138160AGT-5331000008</t>
+  </si>
+  <si>
+    <t>GT-5331-031</t>
+  </si>
+  <si>
+    <t>000008</t>
+  </si>
+  <si>
+    <t>031</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:43:44</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-002</t>
+  </si>
+  <si>
+    <t>DN4126020138106A</t>
+  </si>
+  <si>
+    <t>GT-6209</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:44:20</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-008</t>
+  </si>
+  <si>
+    <t>008</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:44:31</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:44:42</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:44:51</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:44:58</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:45:05</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:45:21</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000007</t>
+  </si>
+  <si>
+    <t>GT-5331-022</t>
+  </si>
+  <si>
+    <t>022</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:45:28</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000008</t>
+  </si>
+  <si>
+    <t>GT-5331-020</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:45:36</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000009</t>
+  </si>
+  <si>
+    <t>000009</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:45:46</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5331000010</t>
+  </si>
+  <si>
+    <t>000010</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:45:53</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000008</t>
+  </si>
+  <si>
+    <t>GT-5332-022</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:46:05</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000007</t>
+  </si>
+  <si>
+    <t>GT-5332-017</t>
+  </si>
+  <si>
+    <t>017</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:46:14</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000006</t>
+  </si>
+  <si>
+    <t>GT-5332-020</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:46:23</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000005</t>
+  </si>
+  <si>
+    <t>GT-5332-016</t>
+  </si>
+  <si>
+    <t>016</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:46:34</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000004</t>
+  </si>
+  <si>
+    <t>GT-5332-018</t>
+  </si>
+  <si>
+    <t>018</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:46:45</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-021</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:46:53</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-023</t>
+  </si>
+  <si>
+    <t>023</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:47:00</t>
+  </si>
+  <si>
+    <t>DN4126020138106AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-024</t>
+  </si>
+  <si>
+    <t>024</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:47:09</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138107A</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:51:21</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:51:29</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:52:14</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:52:22</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:52:30</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-009</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:55:32</t>
+  </si>
+  <si>
+    <t>DN4126020138107AGT-5331000004</t>
+  </si>
+  <si>
+    <t>GT-5331-010</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:55:45</t>
+  </si>
+  <si>
+    <t>DN4126020138136AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138136A</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:16</t>
+  </si>
+  <si>
+    <t>DN4126020138136AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-007</t>
+  </si>
+  <si>
+    <t>007</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:24</t>
+  </si>
+  <si>
+    <t>DN4126020138136AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-034</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:33</t>
+  </si>
+  <si>
+    <t>DN4126020138136AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-041</t>
+  </si>
+  <si>
+    <t>041</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:43</t>
+  </si>
+  <si>
+    <t>DN4126020138136AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-042</t>
+  </si>
+  <si>
+    <t>042</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:49</t>
+  </si>
+  <si>
+    <t>DN4126020138136AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-038</t>
+  </si>
+  <si>
+    <t>038</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:59</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5332-044</t>
+  </si>
+  <si>
+    <t>mismatch</t>
+  </si>
+  <si>
+    <t>DN4126020138137A</t>
+  </si>
+  <si>
+    <t>044</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:57:38</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:57:50</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-045</t>
+  </si>
+  <si>
+    <t>045</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:10</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5332000004</t>
+  </si>
+  <si>
+    <t>GT-5332-006</t>
+  </si>
+  <si>
+    <t>006</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:20</t>
+  </si>
+  <si>
+    <t>GT-5331-012</t>
+  </si>
+  <si>
+    <t>012</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:29</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-019</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:39</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-018</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:54</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000004</t>
+  </si>
+  <si>
+    <t>GT-5331-017</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:01</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000005</t>
+  </si>
+  <si>
+    <t>GT-5331-013</t>
+  </si>
+  <si>
+    <t>013</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:13</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5332000005</t>
+  </si>
+  <si>
+    <t>GT-5332-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:23</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:31</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000006</t>
+  </si>
+  <si>
+    <t>GT-5331-014</t>
+  </si>
+  <si>
+    <t>014</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:44</t>
+  </si>
+  <si>
+    <t>DN4126020138137AGT-5331000007</t>
+  </si>
+  <si>
+    <t>GT-5331-015</t>
+  </si>
+  <si>
+    <t>015</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:57</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-003</t>
+  </si>
+  <si>
+    <t>DN4126020138138A</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:40</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:49</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:57</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-011</t>
+  </si>
+  <si>
+    <t>011</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:02:05</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:02:17</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:02:27</t>
+  </si>
+  <si>
+    <t>DN4126020138138AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-043</t>
+  </si>
+  <si>
+    <t>043</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:02:34</t>
+  </si>
+  <si>
+    <t>DN4126020138161AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-023</t>
+  </si>
+  <si>
+    <t>DN4126020138161A</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:05:19</t>
+  </si>
+  <si>
+    <t>DN4126020138161AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:05:29</t>
+  </si>
+  <si>
+    <t>DN4126020138161AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:05:36</t>
+  </si>
+  <si>
+    <t>DN4126020138161AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:05:46</t>
+  </si>
+  <si>
+    <t>DN4126020138161AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:05:55</t>
+  </si>
+  <si>
+    <t>DN4126020138161AGT-5331000004</t>
+  </si>
+  <si>
+    <t>GT-5331-024</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:06:04</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2167000001</t>
+  </si>
+  <si>
+    <t>NT-2167-015</t>
+  </si>
+  <si>
+    <t>DN4126020138170A</t>
+  </si>
+  <si>
+    <t>NT-2167</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:16:46</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2167000002</t>
+  </si>
+  <si>
+    <t>NT-2167-012</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:16:54</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2167000003</t>
+  </si>
+  <si>
+    <t>NT-2167-011</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:17:02</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2167000004</t>
+  </si>
+  <si>
+    <t>NT-2167-014</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:17:17</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2167000005</t>
+  </si>
+  <si>
+    <t>NT-2167-013</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:17:24</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2167000006</t>
+  </si>
+  <si>
+    <t>NT-2167-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:17:31</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000001</t>
+  </si>
+  <si>
+    <t>NT-2168-009</t>
+  </si>
+  <si>
+    <t>NT-2168</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:17:50</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000002</t>
+  </si>
+  <si>
+    <t>NT-2168-032</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:18:13</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000003</t>
+  </si>
+  <si>
+    <t>NT-2168-013</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:18:25</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000004</t>
+  </si>
+  <si>
+    <t>NT-2168-012</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:18:35</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000005</t>
+  </si>
+  <si>
+    <t>NT-2168-015</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:18:48</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000006</t>
+  </si>
+  <si>
+    <t>NT-2168-011</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:18:57</t>
+  </si>
+  <si>
+    <t>DN4126020138170ANT-2168000007</t>
+  </si>
+  <si>
+    <t>NT-2168-014</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:19:06</t>
+  </si>
+  <si>
+    <t>DN4126020138118ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-008</t>
+  </si>
+  <si>
+    <t>DN4126020138118A</t>
+  </si>
+  <si>
+    <t>NT-0513</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:20:40</t>
+  </si>
+  <si>
+    <t>DN4126020138118ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:20:51</t>
+  </si>
+  <si>
+    <t>DN4126020138117ANT-0513000003</t>
+  </si>
+  <si>
+    <t>NT-0513-006</t>
+  </si>
+  <si>
+    <t>DN4126020138117A</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:20:58</t>
+  </si>
+  <si>
+    <t>DN4126020138117ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:21:07</t>
+  </si>
+  <si>
+    <t>DN4126020138117ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-013</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:21:15</t>
+  </si>
+  <si>
+    <t>DN4126020138119ANT-0513000003</t>
+  </si>
+  <si>
+    <t>NT-0513-014</t>
+  </si>
+  <si>
+    <t>DN4126020138119A</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:21:25</t>
+  </si>
+  <si>
+    <t>DN4126020138119ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:21:40</t>
+  </si>
+  <si>
+    <t>DN4126020138119ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-009</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:21:51</t>
+  </si>
+  <si>
+    <t>DN4126020138118ANT-0512000003</t>
+  </si>
+  <si>
+    <t>NT-0512-003</t>
+  </si>
+  <si>
+    <t>NT-0512</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:22:06</t>
+  </si>
+  <si>
+    <t>DN4126020138118ANT-0512000002</t>
+  </si>
+  <si>
+    <t>NT-0512-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:22:15</t>
+  </si>
+  <si>
+    <t>DN4126020138118ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:22:24</t>
+  </si>
+  <si>
+    <t>DN4126020138117ANT-0512000002</t>
+  </si>
+  <si>
+    <t>NT-0512-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:22:36</t>
+  </si>
+  <si>
+    <t>DN4126020138117ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:22:44</t>
+  </si>
+  <si>
+    <t>DN4126020138119ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:22:53</t>
+  </si>
+  <si>
+    <t>DN4126020138119ANT-0512000002</t>
+  </si>
+  <si>
+    <t>NT-0512-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:23:02</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2167000001</t>
+  </si>
+  <si>
+    <t>NT-2167-009</t>
+  </si>
+  <si>
+    <t>DN4126020138120A</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:32:11</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2167000002</t>
+  </si>
+  <si>
+    <t>NT-2167-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:32:22</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2167000003</t>
+  </si>
+  <si>
+    <t>NT-2167-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:32:31</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2167000004</t>
+  </si>
+  <si>
+    <t>NT-2167-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:32:43</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2167000005</t>
+  </si>
+  <si>
+    <t>NT-2167-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:32:54</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2167000006</t>
+  </si>
+  <si>
+    <t>NT-2167-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:33:02</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2168000004</t>
+  </si>
+  <si>
+    <t>NT-2168-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:33:19</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2168000005</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:33:30</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2168000006</t>
+  </si>
+  <si>
+    <t>NT-2168-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:33:42</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2168000003</t>
+  </si>
+  <si>
+    <t>NT-2168-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:33:55</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2168000002</t>
+  </si>
+  <si>
+    <t>NT-2168-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:34:04</t>
+  </si>
+  <si>
+    <t>DN4126020138120ANT-2168000001</t>
+  </si>
+  <si>
+    <t>NT-2168-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 03:34:12</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138239A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:02:50</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:01</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:10</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:18</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:34</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:41</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5331000007</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:49</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:03:58</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:04:07</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:04:15</t>
+  </si>
+  <si>
+    <t>DN4126020138239AGT-5332000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:04:22</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138240A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:05:09</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:05:18</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:05:25</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:05:32</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:05:54</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:06:00</t>
+  </si>
+  <si>
+    <t>DN4126020138240AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-015</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:06:07</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-051</t>
+  </si>
+  <si>
+    <t>DN4126020138238A</t>
+  </si>
+  <si>
+    <t>051</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:09:41</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-029</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:09:48</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-019</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:09:54</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:10:05</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:10:14</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:10:22</t>
+  </si>
+  <si>
+    <t>DN4126020138238AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:10:28</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138214A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:12:36</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:12:44</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:12:52</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:12:58</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:13:10</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:13:18</t>
+  </si>
+  <si>
+    <t>DN4126020138214AGT-6209000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:13:27</t>
+  </si>
+  <si>
+    <t>DN4126020138216AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138216A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:14:07</t>
+  </si>
+  <si>
+    <t>DN4126020138216AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:14:14</t>
+  </si>
+  <si>
+    <t>DN4126020138216AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:14:21</t>
+  </si>
+  <si>
+    <t>DN4126020138216AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-036</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:14:30</t>
+  </si>
+  <si>
+    <t>DN4126020138216AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:15:12</t>
+  </si>
+  <si>
+    <t>DN4126020138216AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:15:20</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-035</t>
+  </si>
+  <si>
+    <t>DN4126020138215A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:16:24</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-016</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:16:31</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:16:39</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:16:46</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:16:53</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:16:59</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5331000007</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:17:06</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-014</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:17:58</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-013</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:18:07</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-012</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:18:15</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5332000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:18:22</t>
+  </si>
+  <si>
+    <t>DN4126020138215AGT-5332000005</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:18:29</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138187A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:19:13</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:19:20</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:19:31</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:19:38</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-009</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:19:45</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-059</t>
+  </si>
+  <si>
+    <t>059</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:19:54</t>
+  </si>
+  <si>
+    <t>DN4126020138187AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:20:02</t>
+  </si>
+  <si>
+    <t>DN4126020138185AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-044</t>
+  </si>
+  <si>
+    <t>DN4126020138185A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:20:46</t>
+  </si>
+  <si>
+    <t>DN4126020138185AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:20:54</t>
+  </si>
+  <si>
+    <t>DN4126020138185AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:21:01</t>
+  </si>
+  <si>
+    <t>DN4126020138185AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:21:12</t>
+  </si>
+  <si>
+    <t>DN4126020138185AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-011</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:21:19</t>
+  </si>
+  <si>
+    <t>DN4126020138185AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:21:26</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020138186A</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:22:13</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:22:21</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:22:40</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:22:46</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000005</t>
+  </si>
+  <si>
+    <t>GT-5331-043</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:22:53</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000006</t>
+  </si>
+  <si>
+    <t>GT-5331-021</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:23:00</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5331000007</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:23:09</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:23:30</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:23:36</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:23:43</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-5332000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:23:50</t>
+  </si>
+  <si>
+    <t>DN4126020138186AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 10:24:05</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2167000001</t>
+  </si>
+  <si>
+    <t>DN4126020138224A</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:20:48</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2167000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:20:55</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2168000001</t>
+  </si>
+  <si>
+    <t>NT-2168-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:21:05</t>
+  </si>
+  <si>
+    <t>DN4126020138198ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-009</t>
+  </si>
+  <si>
+    <t>DN4126020138198A</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:22:16</t>
+  </si>
+  <si>
+    <t>DN4126020138198ANT-0512000002</t>
+  </si>
+  <si>
+    <t>NT-0512-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:22:24</t>
+  </si>
+  <si>
+    <t>DN4126020138198ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-011</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:22:33</t>
+  </si>
+  <si>
+    <t>DN4126020138198ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-012</t>
+  </si>
+  <si>
+    <t>2026-02-26 14:22:41</t>
+  </si>
+  <si>
+    <t>DN4126020138199ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-001</t>
+  </si>
+  <si>
+    <t>DN4126020138199A</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:15:41</t>
+  </si>
+  <si>
+    <t>DN4126020138199ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:15:47</t>
+  </si>
+  <si>
+    <t>DN4126020138199ANT-0512000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:15:55</t>
+  </si>
+  <si>
+    <t>DN4126020138199ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:16:01</t>
+  </si>
+  <si>
+    <t>DN4126020138200ANT-0512000001</t>
+  </si>
+  <si>
+    <t>DN4126020138200A</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:16:39</t>
+  </si>
+  <si>
+    <t>DN4126020138200ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:16:46</t>
+  </si>
+  <si>
+    <t>DN4126020138200ANT-0512000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:16:53</t>
+  </si>
+  <si>
+    <t>DN4126020138200ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:17:01</t>
+  </si>
+  <si>
+    <t>DN4126020138200ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 17:17:08</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2167000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:25:43</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2167000004</t>
+  </si>
+  <si>
+    <t>NT-2167-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:25:51</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2167000005</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:25:59</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2168000002</t>
+  </si>
+  <si>
+    <t>NT-2168-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:28:11</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2168000003</t>
+  </si>
+  <si>
+    <t>NT-2168-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:28:18</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2168000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:28:27</t>
+  </si>
+  <si>
+    <t>DN4126020138224ANT-2168000005</t>
+  </si>
+  <si>
+    <t>NT-2168-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 19:28:33</t>
+  </si>
+  <si>
+    <t>DN4126020142128ANT-0512000001</t>
+  </si>
+  <si>
+    <t>DN4126020142128A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:34:16</t>
+  </si>
+  <si>
+    <t>DN4126020142128ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:34:26</t>
+  </si>
+  <si>
+    <t>DN4126020142127ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-016</t>
+  </si>
+  <si>
+    <t>DN4126020142127A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:34:41</t>
+  </si>
+  <si>
+    <t>DN4126020142127ANT-0512000002</t>
+  </si>
+  <si>
+    <t>NT-0512-011</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:34:55</t>
+  </si>
+  <si>
+    <t>DN4126020142126ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-012</t>
+  </si>
+  <si>
+    <t>DN4126020142126A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:35:04</t>
+  </si>
+  <si>
+    <t>DN4126020142126ANT-0512000002</t>
+  </si>
+  <si>
+    <t>NT-0512-017</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:35:15</t>
+  </si>
+  <si>
+    <t>DN4126020142128ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:35:26</t>
+  </si>
+  <si>
+    <t>DN4126020142128ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:35:39</t>
+  </si>
+  <si>
+    <t>DN4126020142127ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:35:48</t>
+  </si>
+  <si>
+    <t>DN4126020142127ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:36:00</t>
+  </si>
+  <si>
+    <t>DN4126020142126ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:36:09</t>
+  </si>
+  <si>
+    <t>DN4126020142126ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:36:18</t>
+  </si>
+  <si>
+    <t>DN4126020142126ANT-0513000003</t>
+  </si>
+  <si>
+    <t>NT-0513-017</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:36:28</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2167000001</t>
+  </si>
+  <si>
+    <t>DN4126020142129A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:37:00</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2167000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:37:14</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2167000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:37:24</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2167000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:37:37</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2167000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:37:49</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2167000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:37:58</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2168000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:38:10</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2168000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:38:21</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2168000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:38:30</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2168000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:38:40</t>
+  </si>
+  <si>
+    <t>DN4126020142129ANT-2168000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:38:51</t>
+  </si>
+  <si>
+    <t>DN4126020142116AGT-6209000001</t>
+  </si>
+  <si>
+    <t>DN4126020142116A</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:30:22</t>
+  </si>
+  <si>
+    <t>DN4126020142116AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:30:43</t>
+  </si>
+  <si>
+    <t>DN4126020142116AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:31:00</t>
+  </si>
+  <si>
+    <t>DN4126020142116AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:31:12</t>
+  </si>
+  <si>
+    <t>DN4126020142116AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:31:26</t>
+  </si>
+  <si>
+    <t>DN4126020142116AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:31:37</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5332000005</t>
+  </si>
+  <si>
+    <t>GT-5332-031</t>
+  </si>
+  <si>
+    <t>DN4126020142115A</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:32:17</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5332000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:32:24</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:32:40</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:32:53</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:33:06</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-033</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:33:20</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-046</t>
+  </si>
+  <si>
+    <t>046</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:33:40</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-047</t>
+  </si>
+  <si>
+    <t>047</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:33:50</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-045</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:34:03</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000004</t>
+  </si>
+  <si>
+    <t>GT-5331-052</t>
+  </si>
+  <si>
+    <t>052</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:34:12</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000005</t>
+  </si>
+  <si>
+    <t>GT-5331-053</t>
+  </si>
+  <si>
+    <t>053</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:34:22</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000006</t>
+  </si>
+  <si>
+    <t>GT-5331-056</t>
+  </si>
+  <si>
+    <t>056</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:34:32</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000007</t>
+  </si>
+  <si>
+    <t>GT-5331-055</t>
+  </si>
+  <si>
+    <t>055</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:35:12</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000008</t>
+  </si>
+  <si>
+    <t>GT-5331-054</t>
+  </si>
+  <si>
+    <t>054</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:35:22</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000009</t>
+  </si>
+  <si>
+    <t>GT-5331-049</t>
+  </si>
+  <si>
+    <t>049</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:35:42</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000010</t>
+  </si>
+  <si>
+    <t>GT-5331-048</t>
+  </si>
+  <si>
+    <t>048</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:35:53</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000011</t>
+  </si>
+  <si>
+    <t>GT-5331-050</t>
+  </si>
+  <si>
+    <t>000011</t>
+  </si>
+  <si>
+    <t>050</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:36:12</t>
+  </si>
+  <si>
+    <t>DN4126020142115AGT-5331000012</t>
+  </si>
+  <si>
+    <t>GT-5331-051</t>
+  </si>
+  <si>
+    <t>000012</t>
+  </si>
+  <si>
+    <t>2026-02-27 03:36:30</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2167000001</t>
+  </si>
+  <si>
+    <t>NT-2167-002</t>
+  </si>
+  <si>
+    <t>DN4126020142177A</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:01:29</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2167000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:01:38</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2167000003</t>
+  </si>
+  <si>
+    <t>NT-2167-016</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:01:45</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2167000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:01:56</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2167000005</t>
+  </si>
+  <si>
+    <t>NT-2167-003</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:02:05</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2167000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:02:17</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2168000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:02:30</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2168000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:02:43</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2168000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:02:53</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2168000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:03:06</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2168000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:03:30</t>
+  </si>
+  <si>
+    <t>DN4126020142177ANT-2168000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:03:39</t>
+  </si>
+  <si>
+    <t>DN4126020142166AGT-5332000001</t>
+  </si>
+  <si>
+    <t>DN4126020142166A</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:45:12</t>
+  </si>
+  <si>
+    <t>DN4126020142166AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:45:24</t>
+  </si>
+  <si>
+    <t>DN4126020142166AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:45:33</t>
+  </si>
+  <si>
+    <t>DN4126020142168AGT-6209000001</t>
+  </si>
+  <si>
+    <t>DN4126020142168A</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:45:57</t>
+  </si>
+  <si>
+    <t>DN4126020142168AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:46:05</t>
+  </si>
+  <si>
+    <t>DN4126020142168AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:46:17</t>
+  </si>
+  <si>
+    <t>DN4126020142168AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:46:26</t>
+  </si>
+  <si>
+    <t>DN4126020142168AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:46:47</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-027</t>
+  </si>
+  <si>
+    <t>DN4126020142147A</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:47:30</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-026</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:47:38</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-057</t>
+  </si>
+  <si>
+    <t>057</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:47:47</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:48:07</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:48:41</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:48:50</t>
+  </si>
+  <si>
+    <t>DN4126020142147AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:49:15</t>
+  </si>
+  <si>
+    <t>DN4126020142145AGT-5332000002</t>
+  </si>
+  <si>
+    <t>DN4126020142145A</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:50:49</t>
+  </si>
+  <si>
+    <t>DN4126020142145AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:50:59</t>
+  </si>
+  <si>
+    <t>DN4126020142145AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:51:11</t>
+  </si>
+  <si>
+    <t>DN4126020142145AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-058</t>
+  </si>
+  <si>
+    <t>058</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:51:21</t>
+  </si>
+  <si>
+    <t>DN4126020142145AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 06:51:33</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-001</t>
+  </si>
+  <si>
+    <t>DN4126020142146A</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:17:56</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5332000003</t>
+  </si>
+  <si>
+    <t>GT-5332-030</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:18:07</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:18:16</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:18:28</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:18:41</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:18:53</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:19:06</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:19:16</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:19:25</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000007</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:19:36</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5331000008</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:19:47</t>
+  </si>
+  <si>
+    <t>DN4126020142146AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-028</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:19:57</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-6209000004</t>
+  </si>
+  <si>
+    <t>GT-6209-031</t>
+  </si>
+  <si>
+    <t>DN4126020142167A</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:21:03</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-034</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:21:11</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-6209000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:21:26</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-6209000003</t>
+  </si>
+  <si>
+    <t>GT-6209-005</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:21:37</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:21:48</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:21:57</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:22:06</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:22:46</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:22:58</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:23:12</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:23:22</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:23:32</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000006</t>
+  </si>
+  <si>
+    <t>GT-5331-033</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:23:48</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000007</t>
   </si>
   <si>
     <t>GT-5331-036</t>
   </si>
   <si>
-    <t>match</t>
-[...80 lines deleted...]
-    <t>DN4125120063495AGT-5331000006</t>
+    <t>2026-02-27 07:23:58</t>
+  </si>
+  <si>
+    <t>DN4126020142167AGT-5331000008</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:24:09</t>
+  </si>
+  <si>
+    <t>DN4126020142206ANT-0512000001</t>
+  </si>
+  <si>
+    <t>DN4126020142206A</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:22:18</t>
+  </si>
+  <si>
+    <t>DN4126020142206ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:22:28</t>
+  </si>
+  <si>
+    <t>DN4126020142206ANT-0512000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:22:35</t>
+  </si>
+  <si>
+    <t>DN4126020142206ANT-0513000001</t>
+  </si>
+  <si>
+    <t>NT-0513-015</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:23:07</t>
+  </si>
+  <si>
+    <t>DN4126020142206ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:23:15</t>
+  </si>
+  <si>
+    <t>DN4126020142205ANT-0513000001</t>
+  </si>
+  <si>
+    <t>DN4126020142205A</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:24:10</t>
+  </si>
+  <si>
+    <t>DN4126020142205ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:24:26</t>
+  </si>
+  <si>
+    <t>DN4126020142205ANT-0512000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:24:37</t>
+  </si>
+  <si>
+    <t>DN4126020142205ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:24:43</t>
+  </si>
+  <si>
+    <t>DN4126020142207ANT-0512000001</t>
+  </si>
+  <si>
+    <t>DN4126020142207A</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:25:25</t>
+  </si>
+  <si>
+    <t>DN4126020142207ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:25:32</t>
+  </si>
+  <si>
+    <t>DN4126020142207ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:25:40</t>
+  </si>
+  <si>
+    <t>DN4126020142207ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:25:48</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2167000001</t>
+  </si>
+  <si>
+    <t>DN4126020142229A</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:03</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2167000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:11</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2167000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:25</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2167000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:34</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2167000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:43</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2168000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:51</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2168000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:47:59</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2168000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:48:07</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2168000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:48:14</t>
+  </si>
+  <si>
+    <t>DN4126020142229ANT-2168000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 08:48:20</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-039</t>
+  </si>
+  <si>
+    <t>DN4126020142194A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:10:59</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:11:07</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:11:17</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:11:25</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:11:32</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:11:39</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5331000007</t>
   </si>
   <si>
     <t>GT-5331-032</t>
   </si>
   <si>
-    <t>000006</t>
-[...332 lines deleted...]
-    <t>DN4125120063526AGT-5331000015</t>
+    <t>2026-02-27 10:11:46</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:11:53</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:12:00</t>
+  </si>
+  <si>
+    <t>DN4126020142194AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:12:07</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5331000001</t>
+  </si>
+  <si>
+    <t>GT-5331-040</t>
+  </si>
+  <si>
+    <t>DN4126020142195A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:12:51</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5331000002</t>
+  </si>
+  <si>
+    <t>GT-5331-041</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:12:58</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5331000003</t>
+  </si>
+  <si>
+    <t>GT-5331-042</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:13:05</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5331000004</t>
   </si>
   <si>
     <t>GT-5331-037</t>
   </si>
   <si>
-    <t>000015</t>
-[...32 lines deleted...]
-    <t>DN4125120063526AGT-6209000002</t>
+    <t>2026-02-27 10:13:12</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:13:22</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:13:35</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:13:45</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:13:53</t>
+  </si>
+  <si>
+    <t>DN4126020142195AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-035</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:14:03</t>
+  </si>
+  <si>
+    <t>DN4126020142193AGT-5332000001</t>
+  </si>
+  <si>
+    <t>DN4126020142193A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:14:42</t>
+  </si>
+  <si>
+    <t>DN4126020142193AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:14:49</t>
+  </si>
+  <si>
+    <t>DN4126020142193AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:14:56</t>
+  </si>
+  <si>
+    <t>DN4126020142193AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:15:04</t>
+  </si>
+  <si>
+    <t>DN4126020142193AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:15:10</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020142219A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:15:47</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:15:54</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:00</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:06</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:13</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:19</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5331000007</t>
+  </si>
+  <si>
+    <t>GT-5331-038</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:27</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:38</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:46</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:16:56</t>
+  </si>
+  <si>
+    <t>DN4126020142219AGT-5332000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:17:03</t>
+  </si>
+  <si>
+    <t>DN4126020142218AGT-5332000001</t>
+  </si>
+  <si>
+    <t>DN4126020142218A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:17:45</t>
+  </si>
+  <si>
+    <t>DN4126020142218AGT-5331000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:18:01</t>
+  </si>
+  <si>
+    <t>DN4126020142218AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:18:07</t>
+  </si>
+  <si>
+    <t>DN4126020142218AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:18:14</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020142220A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:18:54</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:02</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:08</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:14</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:24</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:30</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:36</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-020</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:53</t>
+  </si>
+  <si>
+    <t>DN4126020142220AGT-6209000002</t>
+  </si>
+  <si>
+    <t>GT-6209-016</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:19:59</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020142241A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:20:37</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:20:49</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:20:55</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5332000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:21:04</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:21:13</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5332000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:21:21</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-6209000001</t>
   </si>
   <si>
     <t>GT-6209-017</t>
   </si>
   <si>
-    <t>017</t>
-[...434 lines deleted...]
-    <t>DN4125120063582AGT-6209000001</t>
+    <t>2026-02-27 10:21:30</t>
+  </si>
+  <si>
+    <t>DN4126020142241AGT-5332000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:21:40</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000001</t>
+  </si>
+  <si>
+    <t>DN4126020142242A</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:22:23</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:22:39</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:22:45</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:22:56</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:23:03</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:23:09</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5331000007</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:23:19</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5332000001</t>
+  </si>
+  <si>
+    <t>GT-5332-048</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:23:38</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5332000002</t>
+  </si>
+  <si>
+    <t>GT-5332-047</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:23:46</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5332000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:23:53</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5332000004</t>
+  </si>
+  <si>
+    <t>GT-5332-046</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:24:00</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5332000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:24:10</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-5332000006</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:24:17</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-6209000001</t>
+  </si>
+  <si>
+    <t>GT-6209-021</t>
+  </si>
+  <si>
+    <t>2026-02-27 10:24:34</t>
+  </si>
+  <si>
+    <t>DN4126020142242AGT-6209000002</t>
   </si>
   <si>
     <t>GT-6209-022</t>
   </si>
   <si>
-    <t>DN4125120063582A</t>
-[...2855 lines deleted...]
-    <t>2025-12-19 19:47:21</t>
+    <t>2026-02-27 10:24:42</t>
+  </si>
+  <si>
+    <t>DN4126020149053ANT-0512000001</t>
+  </si>
+  <si>
+    <t>DN4126020149053A</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:40:14</t>
+  </si>
+  <si>
+    <t>DN4126020149053ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:40:23</t>
+  </si>
+  <si>
+    <t>DN4126020149053ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:40:36</t>
+  </si>
+  <si>
+    <t>DN4126020149053ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:40:46</t>
+  </si>
+  <si>
+    <t>DN4126020149054ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-010</t>
+  </si>
+  <si>
+    <t>DN4126020149054A</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:41:30</t>
+  </si>
+  <si>
+    <t>DN4126020149054ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:41:38</t>
+  </si>
+  <si>
+    <t>DN4126020149055ANT-0512000001</t>
+  </si>
+  <si>
+    <t>DN4126020149055A</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:42:24</t>
+  </si>
+  <si>
+    <t>DN4126020149055ANT-0512000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:42:31</t>
+  </si>
+  <si>
+    <t>DN4126020149055ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:46:24</t>
+  </si>
+  <si>
+    <t>DN4126020149055ANT-0513000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:46:40</t>
+  </si>
+  <si>
+    <t>DN4126020149053ANT-0513000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:47:01</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2167000001</t>
+  </si>
+  <si>
+    <t>DN4126020149056A</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:52:25</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2167000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:52:33</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2167000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:52:39</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2168000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:52:52</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2168000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:53:02</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2168000003</t>
+  </si>
+  <si>
+    <t>NT-2168-016</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:53:10</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2168000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:53:21</t>
+  </si>
+  <si>
+    <t>DN4126020149056ANT-2168000005</t>
+  </si>
+  <si>
+    <t>2026-02-27 15:53:39</t>
+  </si>
+  <si>
+    <t>DN4126020149054ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 16:03:42</t>
+  </si>
+  <si>
+    <t>DN4126020149054ANT-0513000002</t>
+  </si>
+  <si>
+    <t>NT-0513-016</t>
+  </si>
+  <si>
+    <t>2026-02-27 16:03:49</t>
+  </si>
+  <si>
+    <t>DN4126020149112ANT-0512000001</t>
+  </si>
+  <si>
+    <t>NT-0512-013</t>
+  </si>
+  <si>
+    <t>DN4126020149112A</t>
+  </si>
+  <si>
+    <t>2026-02-27 17:32:23</t>
+  </si>
+  <si>
+    <t>DN4126020149112ANT-0513000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 17:32:32</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4178,51 +4016,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O473"/>
+  <dimension ref="A1:O440"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4235,22230 +4073,20679 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2">
-        <v>105110</v>
+        <v>127791</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="F2" t="s">
         <v>19</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K2" t="s">
         <v>21</v>
       </c>
       <c r="L2" t="s">
         <v>22</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>23</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3">
-        <v>105111</v>
+        <v>127792</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I3">
         <v>2</v>
       </c>
       <c r="J3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K3" t="s">
         <v>21</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3" t="s">
         <v>21</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4">
-        <v>105112</v>
+        <v>127793</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>30</v>
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H4">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K4" t="s">
         <v>21</v>
       </c>
       <c r="L4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M4" t="s">
         <v>21</v>
       </c>
       <c r="N4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>105113</v>
+        <v>127794</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K5" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M5" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>105115</v>
+        <v>127795</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6" t="s">
         <v>20</v>
       </c>
       <c r="H6">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K6" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L6" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M6" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>43</v>
       </c>
       <c r="O6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>105116</v>
+        <v>127796</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
         <v>46</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K7" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L7" t="s">
+        <v>22</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
         <v>47</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>105117</v>
+        <v>127797</v>
       </c>
       <c r="B8" t="s">
         <v>15</v>
       </c>
       <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
         <v>50</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" t="s">
         <v>51</v>
       </c>
-      <c r="E8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G8" t="s">
         <v>20</v>
       </c>
       <c r="H8">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I8">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K8" t="s">
         <v>21</v>
       </c>
       <c r="L8" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M8" t="s">
         <v>21</v>
       </c>
       <c r="N8" t="s">
+        <v>52</v>
+      </c>
+      <c r="O8" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>105118</v>
+        <v>127798</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9">
+        <v>5</v>
+      </c>
+      <c r="I9">
+        <v>2</v>
+      </c>
+      <c r="J9">
+        <v>3</v>
+      </c>
+      <c r="K9" t="s">
+        <v>21</v>
+      </c>
+      <c r="L9" t="s">
+        <v>27</v>
+      </c>
+      <c r="M9" t="s">
+        <v>21</v>
+      </c>
+      <c r="N9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" t="s">
-[...17 lines deleted...]
-      <c r="K9" t="s">
+      <c r="O9" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>105120</v>
+        <v>127799</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10">
+        <v>8</v>
+      </c>
+      <c r="I10">
+        <v>1</v>
+      </c>
+      <c r="J10">
+        <v>3</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
+      <c r="O10" t="s">
         <v>61</v>
-      </c>
-[...31 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>105128</v>
+        <v>127800</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" t="s">
+        <v>20</v>
+      </c>
+      <c r="H11">
+        <v>8</v>
+      </c>
+      <c r="I11">
+        <v>2</v>
+      </c>
+      <c r="J11">
+        <v>3</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>27</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>64</v>
+      </c>
+      <c r="O11" t="s">
         <v>65</v>
-      </c>
-[...34 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>105129</v>
+        <v>127801</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="G12" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H12">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I12">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="J12">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K12" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L12" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="M12" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N12" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O12" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>105247</v>
+        <v>127802</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G13" t="s">
         <v>20</v>
       </c>
       <c r="H13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I13">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K13" t="s">
         <v>21</v>
       </c>
       <c r="L13" t="s">
         <v>22</v>
       </c>
       <c r="M13" t="s">
         <v>21</v>
       </c>
       <c r="N13" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="O13" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>105248</v>
+        <v>127803</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G14" t="s">
         <v>20</v>
       </c>
       <c r="H14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K14" t="s">
         <v>21</v>
       </c>
       <c r="L14" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M14" t="s">
         <v>21</v>
       </c>
       <c r="N14" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="O14" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>105249</v>
+        <v>127804</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G15" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I15">
+        <v>5</v>
+      </c>
+      <c r="J15">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="K15" t="s">
         <v>21</v>
       </c>
       <c r="L15" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="M15" t="s">
         <v>21</v>
       </c>
       <c r="N15" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="O15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>105250</v>
+        <v>127805</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G16" t="s">
         <v>20</v>
       </c>
       <c r="H16">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I16">
         <v>4</v>
       </c>
       <c r="J16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K16" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L16" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M16" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N16" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="O16" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>105251</v>
+        <v>127806</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D17" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G17" t="s">
         <v>20</v>
       </c>
       <c r="H17">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K17" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L17" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="M17" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N17" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="O17" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>105252</v>
+        <v>127807</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G18" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H18">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I18">
         <v>6</v>
       </c>
       <c r="J18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K18" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L18" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="M18" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N18" t="s">
+        <v>95</v>
+      </c>
+      <c r="O18" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>105253</v>
+        <v>127808</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
         <v>98</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
+        <v>18</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" t="s">
+        <v>20</v>
+      </c>
+      <c r="H19">
+        <v>8</v>
+      </c>
+      <c r="I19">
+        <v>7</v>
+      </c>
+      <c r="J19">
+        <v>3</v>
+      </c>
+      <c r="K19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" t="s">
         <v>99</v>
       </c>
-      <c r="E19" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M19" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N19" t="s">
         <v>100</v>
       </c>
       <c r="O19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>105254</v>
+        <v>127809</v>
       </c>
       <c r="B20" t="s">
         <v>15</v>
       </c>
       <c r="C20" t="s">
         <v>102</v>
       </c>
       <c r="D20" t="s">
         <v>103</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G20" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H20">
+        <v>8</v>
+      </c>
+      <c r="I20">
+        <v>8</v>
+      </c>
+      <c r="J20">
         <v>3</v>
       </c>
-      <c r="I20">
-[...4 lines deleted...]
-      </c>
       <c r="K20" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L20" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="M20" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>105255</v>
+        <v>127810</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="G21" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H21">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I21">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J21">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K21" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="L21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M21" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="N21" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="O21" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>105256</v>
+        <v>127811</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D22" t="s">
-        <v>81</v>
+        <v>114</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G22" t="s">
         <v>20</v>
       </c>
       <c r="H22">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K22" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L22" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M22" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N22" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="O22" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>105257</v>
+        <v>127812</v>
       </c>
       <c r="B23" t="s">
         <v>15</v>
       </c>
       <c r="C23" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D23" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G23" t="s">
         <v>20</v>
       </c>
       <c r="H23">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K23" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
       </c>
       <c r="M23" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N23" t="s">
-        <v>115</v>
+        <v>90</v>
       </c>
       <c r="O23" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>105258</v>
+        <v>127813</v>
       </c>
       <c r="B24" t="s">
         <v>15</v>
       </c>
       <c r="C24" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D24" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G24" t="s">
         <v>20</v>
       </c>
       <c r="H24">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="J24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K24" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L24" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M24" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N24" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="O24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>105259</v>
+        <v>127814</v>
       </c>
       <c r="B25" t="s">
         <v>15</v>
       </c>
       <c r="C25" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G25" t="s">
         <v>20</v>
       </c>
       <c r="H25">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K25" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L25" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M25" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N25" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="O25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>105260</v>
+        <v>127815</v>
       </c>
       <c r="B26" t="s">
         <v>15</v>
       </c>
       <c r="C26" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D26" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
         <v>20</v>
       </c>
       <c r="H26">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K26" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L26" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="M26" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N26" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="O26" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>105261</v>
+        <v>127816</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D27" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G27" t="s">
         <v>20</v>
       </c>
       <c r="H27">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I27">
         <v>6</v>
       </c>
       <c r="J27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K27" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L27" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="M27" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N27" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
       <c r="O27" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>105262</v>
+        <v>127817</v>
       </c>
       <c r="B28" t="s">
         <v>15</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D28" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G28" t="s">
         <v>20</v>
       </c>
       <c r="H28">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I28">
         <v>7</v>
       </c>
       <c r="J28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K28" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L28" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="M28" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N28" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="O28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>105263</v>
+        <v>127818</v>
       </c>
       <c r="B29" t="s">
         <v>15</v>
       </c>
       <c r="C29" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D29" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G29" t="s">
         <v>20</v>
       </c>
       <c r="H29">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I29">
         <v>8</v>
       </c>
       <c r="J29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K29" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L29" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="M29" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N29" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O29" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>105264</v>
+        <v>127819</v>
       </c>
       <c r="B30" t="s">
         <v>15</v>
       </c>
       <c r="C30" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D30" t="s">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G30" t="s">
         <v>20</v>
       </c>
       <c r="H30">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I30">
         <v>9</v>
       </c>
       <c r="J30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K30" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L30" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="M30" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N30" t="s">
-        <v>137</v>
+        <v>90</v>
       </c>
       <c r="O30" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>105265</v>
+        <v>127820</v>
       </c>
       <c r="B31" t="s">
         <v>15</v>
       </c>
       <c r="C31" t="s">
         <v>139</v>
       </c>
       <c r="D31" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G31" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H31">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I31">
         <v>10</v>
       </c>
       <c r="J31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K31" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L31" t="s">
         <v>140</v>
       </c>
       <c r="M31" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N31" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="O31" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>105266</v>
+        <v>127821</v>
       </c>
       <c r="B32" t="s">
         <v>15</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
-        <v>31</v>
+        <v>143</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G32" t="s">
         <v>20</v>
       </c>
       <c r="H32">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I32">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K32" t="s">
         <v>21</v>
       </c>
       <c r="L32" t="s">
-        <v>143</v>
+        <v>104</v>
       </c>
       <c r="M32" t="s">
         <v>21</v>
       </c>
       <c r="N32" t="s">
-        <v>33</v>
+        <v>130</v>
       </c>
       <c r="O32" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>105267</v>
+        <v>127822</v>
       </c>
       <c r="B33" t="s">
         <v>15</v>
       </c>
       <c r="C33" t="s">
         <v>145</v>
       </c>
       <c r="D33" t="s">
         <v>146</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G33" t="s">
         <v>20</v>
       </c>
       <c r="H33">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I33">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="J33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K33" t="s">
         <v>21</v>
       </c>
       <c r="L33" t="s">
-        <v>147</v>
+        <v>99</v>
       </c>
       <c r="M33" t="s">
         <v>21</v>
       </c>
       <c r="N33" t="s">
+        <v>147</v>
+      </c>
+      <c r="O33" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>105268</v>
+        <v>127823</v>
       </c>
       <c r="B34" t="s">
         <v>15</v>
       </c>
       <c r="C34" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" t="s">
         <v>150</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G34" t="s">
         <v>20</v>
       </c>
       <c r="H34">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I34">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="J34">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K34" t="s">
         <v>21</v>
       </c>
       <c r="L34" t="s">
-        <v>152</v>
+        <v>94</v>
       </c>
       <c r="M34" t="s">
         <v>21</v>
       </c>
       <c r="N34" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="O34" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>105269</v>
+        <v>127824</v>
       </c>
       <c r="B35" t="s">
         <v>15</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>153</v>
       </c>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G35" t="s">
         <v>20</v>
       </c>
       <c r="H35">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I35">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="J35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K35" t="s">
         <v>21</v>
       </c>
       <c r="L35" t="s">
-        <v>156</v>
+        <v>81</v>
       </c>
       <c r="M35" t="s">
         <v>21</v>
       </c>
       <c r="N35" t="s">
-        <v>23</v>
+        <v>154</v>
       </c>
       <c r="O35" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>105270</v>
+        <v>127825</v>
       </c>
       <c r="B36" t="s">
         <v>15</v>
       </c>
       <c r="C36" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E36" t="s">
         <v>18</v>
       </c>
       <c r="F36" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G36" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H36">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I36">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="J36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K36" t="s">
         <v>21</v>
       </c>
       <c r="L36" t="s">
-        <v>160</v>
+        <v>76</v>
       </c>
       <c r="M36" t="s">
         <v>21</v>
       </c>
       <c r="N36" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="O36" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>105271</v>
+        <v>127826</v>
       </c>
       <c r="B37" t="s">
         <v>15</v>
       </c>
       <c r="C37" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E37" t="s">
         <v>18</v>
       </c>
       <c r="F37" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G37" t="s">
         <v>20</v>
       </c>
       <c r="H37">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I37">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K37" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L37" t="s">
         <v>22</v>
       </c>
       <c r="M37" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N37" t="s">
-        <v>53</v>
+        <v>162</v>
       </c>
       <c r="O37" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>105272</v>
+        <v>127827</v>
       </c>
       <c r="B38" t="s">
         <v>15</v>
       </c>
       <c r="C38" t="s">
+        <v>164</v>
+      </c>
+      <c r="D38" t="s">
+        <v>165</v>
+      </c>
+      <c r="E38" t="s">
+        <v>18</v>
+      </c>
+      <c r="F38" t="s">
+        <v>109</v>
+      </c>
+      <c r="G38" t="s">
+        <v>20</v>
+      </c>
+      <c r="H38">
+        <v>8</v>
+      </c>
+      <c r="I38">
+        <v>7</v>
+      </c>
+      <c r="J38">
+        <v>1</v>
+      </c>
+      <c r="K38" t="s">
+        <v>21</v>
+      </c>
+      <c r="L38" t="s">
+        <v>27</v>
+      </c>
+      <c r="M38" t="s">
+        <v>21</v>
+      </c>
+      <c r="N38" t="s">
         <v>166</v>
       </c>
-      <c r="D38" t="s">
+      <c r="O38" t="s">
         <v>167</v>
-      </c>
-[...31 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>105273</v>
+        <v>127828</v>
       </c>
       <c r="B39" t="s">
         <v>15</v>
       </c>
       <c r="C39" t="s">
+        <v>168</v>
+      </c>
+      <c r="D39" t="s">
+        <v>169</v>
+      </c>
+      <c r="E39" t="s">
+        <v>18</v>
+      </c>
+      <c r="F39" t="s">
+        <v>109</v>
+      </c>
+      <c r="G39" t="s">
+        <v>32</v>
+      </c>
+      <c r="H39">
+        <v>8</v>
+      </c>
+      <c r="I39">
+        <v>8</v>
+      </c>
+      <c r="J39">
+        <v>1</v>
+      </c>
+      <c r="K39" t="s">
+        <v>21</v>
+      </c>
+      <c r="L39" t="s">
+        <v>33</v>
+      </c>
+      <c r="M39" t="s">
+        <v>21</v>
+      </c>
+      <c r="N39" t="s">
+        <v>170</v>
+      </c>
+      <c r="O39" t="s">
         <v>171</v>
-      </c>
-[...34 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>105274</v>
+        <v>127840</v>
       </c>
       <c r="B40" t="s">
         <v>15</v>
       </c>
       <c r="C40" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
-        <v>176</v>
+        <v>85</v>
       </c>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40" t="s">
-        <v>111</v>
+        <v>173</v>
       </c>
       <c r="G40" t="s">
         <v>20</v>
       </c>
       <c r="H40">
         <v>4</v>
       </c>
       <c r="I40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K40" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L40" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M40" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N40" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
       <c r="O40" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>105275</v>
+        <v>127841</v>
       </c>
       <c r="B41" t="s">
         <v>15</v>
       </c>
       <c r="C41" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D41" t="s">
-        <v>179</v>
+        <v>120</v>
       </c>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41" t="s">
-        <v>111</v>
+        <v>173</v>
       </c>
       <c r="G41" t="s">
         <v>20</v>
       </c>
       <c r="H41">
         <v>4</v>
       </c>
       <c r="I41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K41" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L41" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M41" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N41" t="s">
-        <v>43</v>
+        <v>111</v>
       </c>
       <c r="O41" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>105276</v>
+        <v>127844</v>
       </c>
       <c r="B42" t="s">
         <v>15</v>
       </c>
       <c r="C42" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D42" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42" t="s">
-        <v>111</v>
+        <v>173</v>
       </c>
       <c r="G42" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H42">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I42">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K42" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="L42" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M42" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="N42" t="s">
-        <v>148</v>
+        <v>86</v>
       </c>
       <c r="O42" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>105277</v>
+        <v>127845</v>
       </c>
       <c r="B43" t="s">
         <v>15</v>
       </c>
       <c r="C43" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D43" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="G43" t="s">
         <v>20</v>
       </c>
       <c r="H43">
         <v>2</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K43" t="s">
         <v>21</v>
       </c>
       <c r="L43" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M43" t="s">
         <v>21</v>
       </c>
       <c r="N43" t="s">
-        <v>187</v>
+        <v>86</v>
       </c>
       <c r="O43" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>105278</v>
+        <v>127846</v>
       </c>
       <c r="B44" t="s">
         <v>15</v>
       </c>
       <c r="C44" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D44" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="G44" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H44">
         <v>2</v>
       </c>
       <c r="I44">
         <v>2</v>
       </c>
       <c r="J44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K44" t="s">
         <v>21</v>
       </c>
       <c r="L44" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M44" t="s">
         <v>21</v>
       </c>
       <c r="N44" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="O44" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>105279</v>
+        <v>127854</v>
       </c>
       <c r="B45" t="s">
         <v>15</v>
       </c>
       <c r="C45" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D45" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="E45" t="s">
         <v>18</v>
       </c>
       <c r="F45" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="G45" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H45">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K45" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L45" t="s">
         <v>22</v>
       </c>
       <c r="M45" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N45" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="O45" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>105280</v>
+        <v>127855</v>
       </c>
       <c r="B46" t="s">
         <v>15</v>
       </c>
       <c r="C46" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D46" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="E46" t="s">
         <v>18</v>
       </c>
       <c r="F46" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="G46" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H46">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I46">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J46">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K46" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L46" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M46" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N46" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="O46" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>105281</v>
+        <v>127857</v>
       </c>
       <c r="B47" t="s">
         <v>15</v>
       </c>
       <c r="C47" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="D47" t="s">
-        <v>201</v>
+        <v>114</v>
       </c>
       <c r="E47" t="s">
         <v>18</v>
       </c>
       <c r="F47" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G47" t="s">
         <v>20</v>
       </c>
       <c r="H47">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K47" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L47" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M47" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N47" t="s">
-        <v>63</v>
+        <v>115</v>
       </c>
       <c r="O47" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>105282</v>
+        <v>127858</v>
       </c>
       <c r="B48" t="s">
         <v>15</v>
       </c>
       <c r="C48" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D48" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G48" t="s">
         <v>20</v>
       </c>
       <c r="H48">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K48" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L48" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M48" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N48" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="O48" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>105283</v>
+        <v>127860</v>
       </c>
       <c r="B49" t="s">
         <v>15</v>
       </c>
       <c r="C49" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="D49" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E49" t="s">
         <v>18</v>
       </c>
       <c r="F49" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G49" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H49">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K49" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L49" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M49" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N49" t="s">
-        <v>209</v>
+        <v>72</v>
       </c>
       <c r="O49" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>105284</v>
+        <v>127862</v>
       </c>
       <c r="B50" t="s">
         <v>15</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="D50" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="E50" t="s">
         <v>18</v>
       </c>
       <c r="F50" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G50" t="s">
         <v>20</v>
       </c>
       <c r="H50">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I50">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K50" t="s">
         <v>21</v>
       </c>
       <c r="L50" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M50" t="s">
         <v>21</v>
       </c>
       <c r="N50" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="O50" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>105285</v>
+        <v>127863</v>
       </c>
       <c r="B51" t="s">
         <v>15</v>
       </c>
       <c r="C51" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="D51" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="E51" t="s">
         <v>18</v>
       </c>
       <c r="F51" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G51" t="s">
         <v>20</v>
       </c>
       <c r="H51">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I51">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K51" t="s">
         <v>21</v>
       </c>
       <c r="L51" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="M51" t="s">
         <v>21</v>
       </c>
       <c r="N51" t="s">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="O51" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>105287</v>
+        <v>127865</v>
       </c>
       <c r="B52" t="s">
         <v>15</v>
       </c>
       <c r="C52" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="D52" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="E52" t="s">
         <v>18</v>
       </c>
       <c r="F52" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G52" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H52">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I52">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K52" t="s">
         <v>21</v>
       </c>
       <c r="L52" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M52" t="s">
         <v>21</v>
       </c>
       <c r="N52" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="O52" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>105288</v>
+        <v>127868</v>
       </c>
       <c r="B53" t="s">
         <v>15</v>
       </c>
       <c r="C53" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="D53" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="E53" t="s">
-        <v>18</v>
+        <v>218</v>
       </c>
       <c r="F53" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G53" t="s">
         <v>20</v>
       </c>
       <c r="H53">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I53">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K53" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L53" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="M53" t="s">
         <v>21</v>
       </c>
       <c r="N53" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="O53" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>105290</v>
+        <v>127870</v>
       </c>
       <c r="B54" t="s">
         <v>15</v>
       </c>
       <c r="C54" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D54" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="E54" t="s">
         <v>18</v>
       </c>
       <c r="F54" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G54" t="s">
         <v>20</v>
       </c>
       <c r="H54">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I54">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K54" t="s">
         <v>21</v>
       </c>
       <c r="L54" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="M54" t="s">
         <v>21</v>
       </c>
       <c r="N54" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="O54" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>105291</v>
+        <v>127872</v>
       </c>
       <c r="B55" t="s">
         <v>15</v>
       </c>
       <c r="C55" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="D55" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="E55" t="s">
         <v>18</v>
       </c>
       <c r="F55" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G55" t="s">
         <v>20</v>
       </c>
       <c r="H55">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I55">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K55" t="s">
         <v>21</v>
       </c>
       <c r="L55" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="M55" t="s">
         <v>21</v>
       </c>
       <c r="N55" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="O55" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>105292</v>
+        <v>127874</v>
       </c>
       <c r="B56" t="s">
         <v>15</v>
       </c>
       <c r="C56" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="D56" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="E56" t="s">
         <v>18</v>
       </c>
       <c r="F56" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G56" t="s">
         <v>20</v>
       </c>
       <c r="H56">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I56">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="J56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K56" t="s">
         <v>21</v>
       </c>
       <c r="L56" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="M56" t="s">
         <v>21</v>
       </c>
       <c r="N56" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="O56" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>105293</v>
+        <v>127875</v>
       </c>
       <c r="B57" t="s">
         <v>15</v>
       </c>
       <c r="C57" t="s">
-        <v>238</v>
+        <v>216</v>
       </c>
       <c r="D57" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="E57" t="s">
         <v>18</v>
       </c>
       <c r="F57" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G57" t="s">
         <v>20</v>
       </c>
       <c r="H57">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I57">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K57" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L57" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="M57" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N57" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="O57" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>105294</v>
+        <v>127876</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="C58" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D58" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="E58" t="s">
         <v>18</v>
       </c>
       <c r="F58" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G58" t="s">
         <v>20</v>
       </c>
       <c r="H58">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I58">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="J58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K58" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L58" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="M58" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N58" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="O58" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>105295</v>
+        <v>127877</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D59" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="E59" t="s">
         <v>18</v>
       </c>
       <c r="F59" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G59" t="s">
         <v>20</v>
       </c>
       <c r="H59">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I59">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="J59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K59" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L59" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="M59" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N59" t="s">
-        <v>248</v>
+        <v>158</v>
       </c>
       <c r="O59" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>105296</v>
+        <v>127878</v>
       </c>
       <c r="B60" t="s">
         <v>15</v>
       </c>
       <c r="C60" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="D60" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="E60" t="s">
         <v>18</v>
       </c>
       <c r="F60" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G60" t="s">
         <v>20</v>
       </c>
       <c r="H60">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I60">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="J60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K60" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L60" t="s">
-        <v>160</v>
+        <v>76</v>
       </c>
       <c r="M60" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N60" t="s">
-        <v>252</v>
+        <v>147</v>
       </c>
       <c r="O60" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>105297</v>
+        <v>127879</v>
       </c>
       <c r="B61" t="s">
         <v>15</v>
       </c>
       <c r="C61" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="D61" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="E61" t="s">
         <v>18</v>
       </c>
       <c r="F61" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G61" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H61">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I61">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="J61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K61" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L61" t="s">
-        <v>256</v>
+        <v>81</v>
       </c>
       <c r="M61" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N61" t="s">
-        <v>104</v>
+        <v>247</v>
       </c>
       <c r="O61" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>105298</v>
+        <v>127880</v>
       </c>
       <c r="B62" t="s">
         <v>15</v>
       </c>
       <c r="C62" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D62" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E62" t="s">
         <v>18</v>
       </c>
       <c r="F62" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G62" t="s">
         <v>20</v>
       </c>
       <c r="H62">
+        <v>5</v>
+      </c>
+      <c r="I62">
         <v>4</v>
       </c>
-      <c r="I62">
-[...1 lines deleted...]
-      </c>
       <c r="J62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K62" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L62" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M62" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N62" t="s">
-        <v>260</v>
+        <v>115</v>
       </c>
       <c r="O62" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>105299</v>
+        <v>127882</v>
       </c>
       <c r="B63" t="s">
         <v>15</v>
       </c>
       <c r="C63" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="D63" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="E63" t="s">
         <v>18</v>
       </c>
       <c r="F63" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G63" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H63">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I63">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K63" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L63" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M63" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N63" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
       <c r="O63" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>105300</v>
+        <v>127883</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="D64" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="E64" t="s">
         <v>18</v>
       </c>
       <c r="F64" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G64" t="s">
         <v>20</v>
       </c>
       <c r="H64">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I64">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K64" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L64" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="M64" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N64" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="O64" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>105301</v>
+        <v>127884</v>
       </c>
       <c r="B65" t="s">
         <v>15</v>
       </c>
       <c r="C65" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="D65" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="E65" t="s">
         <v>18</v>
       </c>
       <c r="F65" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G65" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H65">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I65">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="J65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K65" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="L65" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="M65" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="N65" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="O65" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>105302</v>
+        <v>127891</v>
       </c>
       <c r="B66" t="s">
         <v>15</v>
       </c>
       <c r="C66" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D66" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="E66" t="s">
         <v>18</v>
       </c>
       <c r="F66" t="s">
-        <v>197</v>
+        <v>265</v>
       </c>
       <c r="G66" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H66">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I66">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K66" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="L66" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M66" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="N66" t="s">
-        <v>275</v>
+        <v>47</v>
       </c>
       <c r="O66" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>105303</v>
+        <v>127892</v>
       </c>
       <c r="B67" t="s">
         <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="D67" t="s">
-        <v>278</v>
+        <v>46</v>
       </c>
       <c r="E67" t="s">
         <v>18</v>
       </c>
       <c r="F67" t="s">
-        <v>197</v>
+        <v>265</v>
       </c>
       <c r="G67" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H67">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I67">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K67" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="L67" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M67" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="N67" t="s">
-        <v>279</v>
+        <v>47</v>
       </c>
       <c r="O67" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>105304</v>
+        <v>127894</v>
       </c>
       <c r="B68" t="s">
         <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="D68" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="E68" t="s">
         <v>18</v>
       </c>
       <c r="F68" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="G68" t="s">
         <v>20</v>
       </c>
       <c r="H68">
         <v>4</v>
       </c>
       <c r="I68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K68" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L68" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M68" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N68" t="s">
-        <v>284</v>
+        <v>230</v>
       </c>
       <c r="O68" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>105305</v>
+        <v>127895</v>
       </c>
       <c r="B69" t="s">
         <v>15</v>
       </c>
       <c r="C69" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="D69" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="E69" t="s">
         <v>18</v>
       </c>
       <c r="F69" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="G69" t="s">
         <v>20</v>
       </c>
       <c r="H69">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I69">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K69" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L69" t="s">
         <v>22</v>
       </c>
       <c r="M69" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N69" t="s">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="O69" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>105306</v>
+        <v>127896</v>
       </c>
       <c r="B70" t="s">
         <v>15</v>
       </c>
       <c r="C70" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="D70" t="s">
-        <v>290</v>
+        <v>198</v>
       </c>
       <c r="E70" t="s">
         <v>18</v>
       </c>
       <c r="F70" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="G70" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H70">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I70">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K70" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L70" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M70" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N70" t="s">
-        <v>291</v>
+        <v>199</v>
       </c>
       <c r="O70" t="s">
-        <v>292</v>
+        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>105307</v>
+        <v>127897</v>
       </c>
       <c r="B71" t="s">
         <v>15</v>
       </c>
       <c r="C71" t="s">
-        <v>293</v>
+        <v>278</v>
       </c>
       <c r="D71" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="E71" t="s">
         <v>18</v>
       </c>
       <c r="F71" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="G71" t="s">
         <v>20</v>
       </c>
       <c r="H71">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I71">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K71" t="s">
         <v>21</v>
       </c>
       <c r="L71" t="s">
         <v>27</v>
       </c>
       <c r="M71" t="s">
         <v>21</v>
       </c>
       <c r="N71" t="s">
-        <v>295</v>
+        <v>90</v>
       </c>
       <c r="O71" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>105308</v>
+        <v>127898</v>
       </c>
       <c r="B72" t="s">
         <v>15</v>
       </c>
       <c r="C72" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="D72" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
       <c r="F72" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="G72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H72">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K72" t="s">
         <v>21</v>
       </c>
       <c r="L72" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M72" t="s">
         <v>21</v>
       </c>
       <c r="N72" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="O72" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>105309</v>
+        <v>127908</v>
       </c>
       <c r="B73" t="s">
         <v>15</v>
       </c>
       <c r="C73" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="D73" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="G73" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H73">
         <v>4</v>
       </c>
       <c r="I73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J73">
         <v>3</v>
       </c>
       <c r="K73" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L73" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M73" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N73" t="s">
-        <v>260</v>
+        <v>166</v>
       </c>
       <c r="O73" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>105310</v>
+        <v>127909</v>
       </c>
       <c r="B74" t="s">
         <v>15</v>
       </c>
       <c r="C74" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
       <c r="D74" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="E74" t="s">
         <v>18</v>
       </c>
       <c r="F74" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="G74" t="s">
         <v>20</v>
       </c>
       <c r="H74">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I74">
         <v>1</v>
       </c>
       <c r="J74">
         <v>3</v>
       </c>
       <c r="K74" t="s">
         <v>21</v>
       </c>
       <c r="L74" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M74" t="s">
         <v>21</v>
       </c>
       <c r="N74" t="s">
-        <v>275</v>
+        <v>47</v>
       </c>
       <c r="O74" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>105311</v>
+        <v>127910</v>
       </c>
       <c r="B75" t="s">
         <v>15</v>
       </c>
       <c r="C75" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="D75" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="E75" t="s">
         <v>18</v>
       </c>
       <c r="F75" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="G75" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J75">
         <v>3</v>
       </c>
       <c r="K75" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L75" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M75" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N75" t="s">
-        <v>213</v>
+        <v>39</v>
       </c>
       <c r="O75" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>105312</v>
+        <v>127911</v>
       </c>
       <c r="B76" t="s">
         <v>15</v>
       </c>
       <c r="C76" t="s">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="D76" t="s">
-        <v>311</v>
+        <v>232</v>
       </c>
       <c r="E76" t="s">
         <v>18</v>
       </c>
       <c r="F76" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="G76" t="s">
         <v>20</v>
       </c>
       <c r="H76">
         <v>4</v>
       </c>
       <c r="I76">
         <v>2</v>
       </c>
       <c r="J76">
         <v>3</v>
       </c>
       <c r="K76" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L76" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M76" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N76" t="s">
-        <v>312</v>
+        <v>233</v>
       </c>
       <c r="O76" t="s">
-        <v>313</v>
+        <v>296</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>105313</v>
+        <v>127912</v>
       </c>
       <c r="B77" t="s">
         <v>15</v>
       </c>
       <c r="C77" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="D77" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="E77" t="s">
         <v>18</v>
       </c>
       <c r="F77" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="G77" t="s">
         <v>20</v>
       </c>
       <c r="H77">
         <v>4</v>
       </c>
       <c r="I77">
         <v>3</v>
       </c>
       <c r="J77">
         <v>3</v>
       </c>
       <c r="K77" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L77" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M77" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N77" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="O77" t="s">
-        <v>315</v>
+        <v>298</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>105314</v>
+        <v>127913</v>
       </c>
       <c r="B78" t="s">
         <v>15</v>
       </c>
       <c r="C78" t="s">
-        <v>316</v>
+        <v>299</v>
       </c>
       <c r="D78" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E78" t="s">
         <v>18</v>
       </c>
       <c r="F78" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="G78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H78">
         <v>4</v>
       </c>
       <c r="I78">
         <v>4</v>
       </c>
       <c r="J78">
         <v>3</v>
       </c>
       <c r="K78" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L78" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="M78" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N78" t="s">
-        <v>291</v>
+        <v>170</v>
       </c>
       <c r="O78" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>105384</v>
+        <v>127915</v>
       </c>
       <c r="B79" t="s">
         <v>15</v>
       </c>
       <c r="C79" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="D79" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="E79" t="s">
         <v>18</v>
       </c>
       <c r="F79" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G79" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H79">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I79">
         <v>1</v>
       </c>
       <c r="J79">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K79" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="L79" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M79" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="N79" t="s">
-        <v>321</v>
+        <v>261</v>
       </c>
       <c r="O79" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>105385</v>
+        <v>127916</v>
       </c>
       <c r="B80" t="s">
         <v>15</v>
       </c>
       <c r="C80" t="s">
-        <v>323</v>
+        <v>307</v>
       </c>
       <c r="D80" t="s">
-        <v>324</v>
+        <v>308</v>
       </c>
       <c r="E80" t="s">
         <v>18</v>
       </c>
       <c r="F80" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G80" t="s">
         <v>20</v>
       </c>
       <c r="H80">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J80">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K80" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L80" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M80" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N80" t="s">
-        <v>325</v>
+        <v>233</v>
       </c>
       <c r="O80" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>105386</v>
+        <v>127917</v>
       </c>
       <c r="B81" t="s">
         <v>15</v>
       </c>
       <c r="C81" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
       <c r="D81" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="E81" t="s">
         <v>18</v>
       </c>
       <c r="F81" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G81" t="s">
         <v>20</v>
       </c>
       <c r="H81">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I81">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J81">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K81" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L81" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M81" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N81" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="O81" t="s">
-        <v>329</v>
+        <v>312</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>105387</v>
+        <v>127918</v>
       </c>
       <c r="B82" t="s">
         <v>15</v>
       </c>
       <c r="C82" t="s">
-        <v>330</v>
+        <v>313</v>
       </c>
       <c r="D82" t="s">
+        <v>314</v>
+      </c>
+      <c r="E82" t="s">
+        <v>18</v>
+      </c>
+      <c r="F82" t="s">
+        <v>304</v>
+      </c>
+      <c r="G82" t="s">
+        <v>20</v>
+      </c>
+      <c r="H82">
+        <v>6</v>
+      </c>
+      <c r="I82">
+        <v>4</v>
+      </c>
+      <c r="J82">
+        <v>2</v>
+      </c>
+      <c r="K82" t="s">
+        <v>305</v>
+      </c>
+      <c r="L82" t="s">
         <v>76</v>
       </c>
-      <c r="E82" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M82" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N82" t="s">
-        <v>78</v>
+        <v>257</v>
       </c>
       <c r="O82" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>105388</v>
+        <v>127919</v>
       </c>
       <c r="B83" t="s">
         <v>15</v>
       </c>
       <c r="C83" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="D83" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="E83" t="s">
         <v>18</v>
       </c>
       <c r="F83" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G83" t="s">
         <v>20</v>
       </c>
       <c r="H83">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I83">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J83">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K83" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L83" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M83" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N83" t="s">
-        <v>334</v>
+        <v>247</v>
       </c>
       <c r="O83" t="s">
-        <v>335</v>
+        <v>318</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>105389</v>
+        <v>127920</v>
       </c>
       <c r="B84" t="s">
         <v>15</v>
       </c>
       <c r="C84" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="D84" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="E84" t="s">
         <v>18</v>
       </c>
       <c r="F84" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G84" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H84">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I84">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J84">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K84" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L84" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="M84" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N84" t="s">
-        <v>338</v>
+        <v>192</v>
       </c>
       <c r="O84" t="s">
-        <v>339</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>105390</v>
+        <v>127921</v>
       </c>
       <c r="B85" t="s">
         <v>15</v>
       </c>
       <c r="C85" t="s">
-        <v>340</v>
+        <v>322</v>
       </c>
       <c r="D85" t="s">
-        <v>341</v>
+        <v>323</v>
       </c>
       <c r="E85" t="s">
         <v>18</v>
       </c>
       <c r="F85" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G85" t="s">
         <v>20</v>
       </c>
       <c r="H85">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I85">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J85">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K85" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L85" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M85" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N85" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="O85" t="s">
-        <v>342</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>105391</v>
+        <v>127922</v>
       </c>
       <c r="B86" t="s">
         <v>15</v>
       </c>
       <c r="C86" t="s">
-        <v>343</v>
+        <v>326</v>
       </c>
       <c r="D86" t="s">
-        <v>344</v>
+        <v>327</v>
       </c>
       <c r="E86" t="s">
         <v>18</v>
       </c>
       <c r="F86" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G86" t="s">
         <v>20</v>
       </c>
       <c r="H86">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I86">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J86">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K86" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L86" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="M86" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N86" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="O86" t="s">
-        <v>345</v>
+        <v>328</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>105392</v>
+        <v>127923</v>
       </c>
       <c r="B87" t="s">
         <v>15</v>
       </c>
       <c r="C87" t="s">
-        <v>346</v>
+        <v>329</v>
       </c>
       <c r="D87" t="s">
-        <v>347</v>
+        <v>330</v>
       </c>
       <c r="E87" t="s">
         <v>18</v>
       </c>
       <c r="F87" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G87" t="s">
         <v>20</v>
       </c>
       <c r="H87">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I87">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J87">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K87" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L87" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="M87" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N87" t="s">
-        <v>348</v>
+        <v>247</v>
       </c>
       <c r="O87" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>105393</v>
+        <v>127924</v>
       </c>
       <c r="B88" t="s">
         <v>15</v>
       </c>
       <c r="C88" t="s">
-        <v>350</v>
+        <v>332</v>
       </c>
       <c r="D88" t="s">
-        <v>351</v>
+        <v>333</v>
       </c>
       <c r="E88" t="s">
         <v>18</v>
       </c>
       <c r="F88" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G88" t="s">
         <v>20</v>
       </c>
       <c r="H88">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I88">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="J88">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K88" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L88" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="M88" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N88" t="s">
-        <v>321</v>
+        <v>233</v>
       </c>
       <c r="O88" t="s">
-        <v>352</v>
+        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>105394</v>
+        <v>127925</v>
       </c>
       <c r="B89" t="s">
         <v>15</v>
       </c>
       <c r="C89" t="s">
-        <v>353</v>
+        <v>335</v>
       </c>
       <c r="D89" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
       <c r="E89" t="s">
         <v>18</v>
       </c>
       <c r="F89" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G89" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H89">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I89">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="J89">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K89" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L89" t="s">
-        <v>140</v>
+        <v>81</v>
       </c>
       <c r="M89" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N89" t="s">
-        <v>173</v>
+        <v>261</v>
       </c>
       <c r="O89" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>105395</v>
+        <v>127926</v>
       </c>
       <c r="B90" t="s">
         <v>15</v>
       </c>
       <c r="C90" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="D90" t="s">
-        <v>357</v>
+        <v>339</v>
       </c>
       <c r="E90" t="s">
         <v>18</v>
       </c>
       <c r="F90" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G90" t="s">
         <v>20</v>
       </c>
       <c r="H90">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I90">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K90" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L90" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="M90" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N90" t="s">
-        <v>92</v>
+        <v>274</v>
       </c>
       <c r="O90" t="s">
-        <v>358</v>
+        <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>105396</v>
+        <v>127927</v>
       </c>
       <c r="B91" t="s">
         <v>15</v>
       </c>
       <c r="C91" t="s">
-        <v>359</v>
+        <v>341</v>
       </c>
       <c r="D91" t="s">
-        <v>360</v>
+        <v>342</v>
       </c>
       <c r="E91" t="s">
         <v>18</v>
       </c>
       <c r="F91" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="G91" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H91">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I91">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="J91">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K91" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L91" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="M91" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N91" t="s">
-        <v>88</v>
+        <v>257</v>
       </c>
       <c r="O91" t="s">
-        <v>361</v>
+        <v>343</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>105397</v>
+        <v>127928</v>
       </c>
       <c r="B92" t="s">
         <v>15</v>
       </c>
       <c r="C92" t="s">
-        <v>362</v>
+        <v>344</v>
       </c>
       <c r="D92" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="E92" t="s">
         <v>18</v>
       </c>
       <c r="F92" t="s">
-        <v>320</v>
+        <v>346</v>
       </c>
       <c r="G92" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H92">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I92">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J92">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K92" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L92" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M92" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N92" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="O92" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>105398</v>
+        <v>127929</v>
       </c>
       <c r="B93" t="s">
         <v>15</v>
       </c>
       <c r="C93" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="D93" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="E93" t="s">
         <v>18</v>
       </c>
       <c r="F93" t="s">
-        <v>367</v>
+        <v>346</v>
       </c>
       <c r="G93" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H93">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J93">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K93" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L93" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M93" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N93" t="s">
-        <v>368</v>
+        <v>199</v>
       </c>
       <c r="O93" t="s">
-        <v>369</v>
+        <v>351</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>105399</v>
+        <v>127930</v>
       </c>
       <c r="B94" t="s">
         <v>15</v>
       </c>
       <c r="C94" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="D94" t="s">
-        <v>371</v>
+        <v>353</v>
       </c>
       <c r="E94" t="s">
         <v>18</v>
       </c>
       <c r="F94" t="s">
-        <v>367</v>
+        <v>354</v>
       </c>
       <c r="G94" t="s">
         <v>20</v>
       </c>
       <c r="H94">
         <v>3</v>
       </c>
       <c r="I94">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J94">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K94" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L94" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M94" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N94" t="s">
-        <v>271</v>
+        <v>230</v>
       </c>
       <c r="O94" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>105400</v>
+        <v>127931</v>
       </c>
       <c r="B95" t="s">
         <v>15</v>
       </c>
       <c r="C95" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="D95" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="E95" t="s">
         <v>18</v>
       </c>
       <c r="F95" t="s">
-        <v>367</v>
+        <v>354</v>
       </c>
       <c r="G95" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H95">
         <v>3</v>
       </c>
       <c r="I95">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J95">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K95" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L95" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M95" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N95" t="s">
-        <v>375</v>
+        <v>39</v>
       </c>
       <c r="O95" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>105401</v>
+        <v>127932</v>
       </c>
       <c r="B96" t="s">
         <v>15</v>
       </c>
       <c r="C96" t="s">
-        <v>377</v>
+        <v>359</v>
       </c>
       <c r="D96" t="s">
-        <v>378</v>
+        <v>360</v>
       </c>
       <c r="E96" t="s">
         <v>18</v>
       </c>
       <c r="F96" t="s">
-        <v>367</v>
+        <v>354</v>
       </c>
       <c r="G96" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H96">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I96">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J96">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K96" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L96" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M96" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N96" t="s">
-        <v>271</v>
+        <v>247</v>
       </c>
       <c r="O96" t="s">
-        <v>379</v>
+        <v>361</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>105402</v>
+        <v>127933</v>
       </c>
       <c r="B97" t="s">
         <v>15</v>
       </c>
       <c r="C97" t="s">
-        <v>380</v>
+        <v>362</v>
       </c>
       <c r="D97" t="s">
-        <v>243</v>
+        <v>363</v>
       </c>
       <c r="E97" t="s">
         <v>18</v>
       </c>
       <c r="F97" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="G97" t="s">
         <v>20</v>
       </c>
       <c r="H97">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K97" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L97" t="s">
         <v>22</v>
       </c>
       <c r="M97" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N97" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="O97" t="s">
-        <v>382</v>
+        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>105403</v>
+        <v>127934</v>
       </c>
       <c r="B98" t="s">
         <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>383</v>
+        <v>366</v>
       </c>
       <c r="D98" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E98" t="s">
         <v>18</v>
       </c>
       <c r="F98" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="G98" t="s">
         <v>20</v>
       </c>
       <c r="H98">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I98">
         <v>2</v>
       </c>
       <c r="J98">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K98" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L98" t="s">
         <v>27</v>
       </c>
       <c r="M98" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N98" t="s">
-        <v>271</v>
+        <v>192</v>
       </c>
       <c r="O98" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>105404</v>
+        <v>127935</v>
       </c>
       <c r="B99" t="s">
         <v>15</v>
       </c>
       <c r="C99" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="D99" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E99" t="s">
         <v>18</v>
       </c>
       <c r="F99" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="G99" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H99">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I99">
         <v>3</v>
       </c>
       <c r="J99">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K99" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L99" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M99" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N99" t="s">
-        <v>368</v>
+        <v>188</v>
       </c>
       <c r="O99" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>105405</v>
+        <v>127936</v>
       </c>
       <c r="B100" t="s">
         <v>15</v>
       </c>
       <c r="C100" t="s">
-        <v>387</v>
+        <v>372</v>
       </c>
       <c r="D100" t="s">
-        <v>216</v>
+        <v>373</v>
       </c>
       <c r="E100" t="s">
         <v>18</v>
       </c>
       <c r="F100" t="s">
-        <v>381</v>
+        <v>346</v>
       </c>
       <c r="G100" t="s">
         <v>20</v>
       </c>
       <c r="H100">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I100">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J100">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K100" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L100" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M100" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N100" t="s">
-        <v>100</v>
+        <v>47</v>
       </c>
       <c r="O100" t="s">
-        <v>388</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>105406</v>
+        <v>127937</v>
       </c>
       <c r="B101" t="s">
         <v>15</v>
       </c>
       <c r="C101" t="s">
-        <v>389</v>
+        <v>376</v>
       </c>
       <c r="D101" t="s">
-        <v>212</v>
+        <v>377</v>
       </c>
       <c r="E101" t="s">
         <v>18</v>
       </c>
       <c r="F101" t="s">
-        <v>381</v>
+        <v>346</v>
       </c>
       <c r="G101" t="s">
         <v>20</v>
       </c>
       <c r="H101">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I101">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J101">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K101" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L101" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M101" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N101" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="O101" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>105407</v>
+        <v>127938</v>
       </c>
       <c r="B102" t="s">
         <v>15</v>
       </c>
       <c r="C102" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="D102" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="E102" t="s">
         <v>18</v>
       </c>
       <c r="F102" t="s">
+        <v>346</v>
+      </c>
+      <c r="G102" t="s">
+        <v>32</v>
+      </c>
+      <c r="H102">
+        <v>3</v>
+      </c>
+      <c r="I102">
+        <v>3</v>
+      </c>
+      <c r="J102">
+        <v>1</v>
+      </c>
+      <c r="K102" t="s">
+        <v>374</v>
+      </c>
+      <c r="L102" t="s">
+        <v>33</v>
+      </c>
+      <c r="M102" t="s">
+        <v>374</v>
+      </c>
+      <c r="N102" t="s">
+        <v>90</v>
+      </c>
+      <c r="O102" t="s">
         <v>381</v>
-      </c>
-[...25 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>105408</v>
+        <v>127939</v>
       </c>
       <c r="B103" t="s">
         <v>15</v>
       </c>
       <c r="C103" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="D103" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="E103" t="s">
         <v>18</v>
       </c>
       <c r="F103" t="s">
-        <v>381</v>
+        <v>354</v>
       </c>
       <c r="G103" t="s">
         <v>20</v>
       </c>
       <c r="H103">
         <v>2</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="J103">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K103" t="s">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="L103" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M103" t="s">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="N103" t="s">
-        <v>96</v>
+        <v>199</v>
       </c>
       <c r="O103" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>105409</v>
+        <v>127940</v>
       </c>
       <c r="B104" t="s">
         <v>15</v>
       </c>
       <c r="C104" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="D104" t="s">
-        <v>398</v>
+        <v>386</v>
       </c>
       <c r="E104" t="s">
         <v>18</v>
       </c>
       <c r="F104" t="s">
-        <v>381</v>
+        <v>354</v>
       </c>
       <c r="G104" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H104">
         <v>2</v>
       </c>
       <c r="I104">
         <v>2</v>
       </c>
       <c r="J104">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K104" t="s">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="L104" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M104" t="s">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="N104" t="s">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="O104" t="s">
-        <v>399</v>
+        <v>387</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>105410</v>
+        <v>127941</v>
       </c>
       <c r="B105" t="s">
         <v>15</v>
       </c>
       <c r="C105" t="s">
-        <v>400</v>
+        <v>388</v>
       </c>
       <c r="D105" t="s">
-        <v>401</v>
+        <v>389</v>
       </c>
       <c r="E105" t="s">
         <v>18</v>
       </c>
       <c r="F105" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="G105" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="J105">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K105" t="s">
-        <v>168</v>
+        <v>374</v>
       </c>
       <c r="L105" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M105" t="s">
-        <v>168</v>
+        <v>374</v>
       </c>
       <c r="N105" t="s">
-        <v>129</v>
+        <v>39</v>
       </c>
       <c r="O105" t="s">
-        <v>402</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>105411</v>
+        <v>127942</v>
       </c>
       <c r="B106" t="s">
         <v>15</v>
       </c>
       <c r="C106" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="D106" t="s">
-        <v>304</v>
+        <v>392</v>
       </c>
       <c r="E106" t="s">
         <v>18</v>
       </c>
       <c r="F106" t="s">
-        <v>404</v>
+        <v>364</v>
       </c>
       <c r="G106" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H106">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J106">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K106" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L106" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M106" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N106" t="s">
-        <v>275</v>
+        <v>86</v>
       </c>
       <c r="O106" t="s">
-        <v>405</v>
+        <v>393</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>105412</v>
+        <v>127943</v>
       </c>
       <c r="B107" t="s">
         <v>15</v>
       </c>
       <c r="C107" t="s">
-        <v>406</v>
+        <v>394</v>
       </c>
       <c r="D107" t="s">
-        <v>407</v>
+        <v>395</v>
       </c>
       <c r="E107" t="s">
         <v>18</v>
       </c>
       <c r="F107" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="G107" t="s">
         <v>20</v>
       </c>
       <c r="H107">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I107">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J107">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K107" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L107" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M107" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N107" t="s">
-        <v>408</v>
+        <v>188</v>
       </c>
       <c r="O107" t="s">
-        <v>409</v>
+        <v>397</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>105413</v>
+        <v>127944</v>
       </c>
       <c r="B108" t="s">
         <v>15</v>
       </c>
       <c r="C108" t="s">
-        <v>410</v>
+        <v>398</v>
       </c>
       <c r="D108" t="s">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="E108" t="s">
         <v>18</v>
       </c>
       <c r="F108" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="G108" t="s">
         <v>20</v>
       </c>
       <c r="H108">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I108">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J108">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K108" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L108" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M108" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N108" t="s">
-        <v>375</v>
+        <v>199</v>
       </c>
       <c r="O108" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>105414</v>
+        <v>127945</v>
       </c>
       <c r="B109" t="s">
         <v>15</v>
       </c>
       <c r="C109" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="D109" t="s">
-        <v>311</v>
+        <v>402</v>
       </c>
       <c r="E109" t="s">
         <v>18</v>
       </c>
       <c r="F109" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="G109" t="s">
         <v>20</v>
       </c>
       <c r="H109">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I109">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J109">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K109" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L109" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M109" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N109" t="s">
-        <v>312</v>
+        <v>39</v>
       </c>
       <c r="O109" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>105415</v>
+        <v>127946</v>
       </c>
       <c r="B110" t="s">
         <v>15</v>
       </c>
       <c r="C110" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="D110" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="E110" t="s">
         <v>18</v>
       </c>
       <c r="F110" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="G110" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H110">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I110">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J110">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K110" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L110" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="M110" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N110" t="s">
-        <v>264</v>
+        <v>115</v>
       </c>
       <c r="O110" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>105416</v>
+        <v>127947</v>
       </c>
       <c r="B111" t="s">
         <v>15</v>
       </c>
       <c r="C111" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="D111" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="E111" t="s">
         <v>18</v>
       </c>
       <c r="F111" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="G111" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H111">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I111">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J111">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K111" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L111" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M111" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N111" t="s">
-        <v>368</v>
+        <v>230</v>
       </c>
       <c r="O111" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>105420</v>
+        <v>127948</v>
       </c>
       <c r="B112" t="s">
         <v>15</v>
       </c>
       <c r="C112" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="D112" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="E112" t="s">
         <v>18</v>
       </c>
       <c r="F112" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G112" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H112">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I112">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J112">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K112" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="L112" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="M112" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="N112" t="s">
-        <v>348</v>
+        <v>86</v>
       </c>
       <c r="O112" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>105422</v>
+        <v>127949</v>
       </c>
       <c r="B113" t="s">
         <v>15</v>
       </c>
       <c r="C113" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="D113" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="E113" t="s">
         <v>18</v>
       </c>
       <c r="F113" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G113" t="s">
         <v>20</v>
       </c>
       <c r="H113">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I113">
         <v>1</v>
       </c>
       <c r="J113">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K113" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L113" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M113" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N113" t="s">
-        <v>228</v>
+        <v>192</v>
       </c>
       <c r="O113" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>105423</v>
+        <v>127950</v>
       </c>
       <c r="B114" t="s">
         <v>15</v>
       </c>
       <c r="C114" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D114" t="s">
-        <v>427</v>
+        <v>323</v>
       </c>
       <c r="E114" t="s">
         <v>18</v>
       </c>
       <c r="F114" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G114" t="s">
         <v>20</v>
       </c>
       <c r="H114">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I114">
         <v>2</v>
       </c>
       <c r="J114">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K114" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L114" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="M114" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N114" t="s">
-        <v>224</v>
+        <v>188</v>
       </c>
       <c r="O114" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>105425</v>
+        <v>127951</v>
       </c>
       <c r="B115" t="s">
         <v>15</v>
       </c>
       <c r="C115" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="D115" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="E115" t="s">
         <v>18</v>
       </c>
       <c r="F115" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G115" t="s">
         <v>20</v>
       </c>
       <c r="H115">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I115">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J115">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K115" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L115" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="M115" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N115" t="s">
-        <v>264</v>
+        <v>115</v>
       </c>
       <c r="O115" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>105426</v>
+        <v>127952</v>
       </c>
       <c r="B116" t="s">
         <v>15</v>
       </c>
       <c r="C116" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="D116" t="s">
-        <v>298</v>
+        <v>422</v>
       </c>
       <c r="E116" t="s">
         <v>18</v>
       </c>
       <c r="F116" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G116" t="s">
         <v>20</v>
       </c>
       <c r="H116">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I116">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J116">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K116" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L116" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M116" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N116" t="s">
-        <v>291</v>
+        <v>199</v>
       </c>
       <c r="O116" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>105427</v>
+        <v>127953</v>
       </c>
       <c r="B117" t="s">
         <v>15</v>
       </c>
       <c r="C117" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
       <c r="D117" t="s">
-        <v>76</v>
+        <v>425</v>
       </c>
       <c r="E117" t="s">
         <v>18</v>
       </c>
       <c r="F117" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G117" t="s">
         <v>20</v>
       </c>
       <c r="H117">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I117">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J117">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K117" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L117" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M117" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N117" t="s">
-        <v>78</v>
+        <v>230</v>
       </c>
       <c r="O117" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>105428</v>
+        <v>127954</v>
       </c>
       <c r="B118" t="s">
         <v>15</v>
       </c>
       <c r="C118" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="D118" t="s">
-        <v>212</v>
+        <v>428</v>
       </c>
       <c r="E118" t="s">
         <v>18</v>
       </c>
       <c r="F118" t="s">
-        <v>421</v>
+        <v>396</v>
       </c>
       <c r="G118" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H118">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I118">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J118">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K118" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L118" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M118" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N118" t="s">
-        <v>213</v>
+        <v>39</v>
       </c>
       <c r="O118" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>105429</v>
+        <v>127985</v>
       </c>
       <c r="B119" t="s">
         <v>15</v>
       </c>
       <c r="C119" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="D119" t="s">
-        <v>81</v>
+        <v>191</v>
       </c>
       <c r="E119" t="s">
         <v>18</v>
       </c>
       <c r="F119" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G119" t="s">
         <v>20</v>
       </c>
       <c r="H119">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I119">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J119">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K119" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L119" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M119" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N119" t="s">
-        <v>82</v>
+        <v>192</v>
       </c>
       <c r="O119" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>105431</v>
+        <v>127986</v>
       </c>
       <c r="B120" t="s">
         <v>15</v>
       </c>
       <c r="C120" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="D120" t="s">
-        <v>216</v>
+        <v>114</v>
       </c>
       <c r="E120" t="s">
         <v>18</v>
       </c>
       <c r="F120" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G120" t="s">
         <v>20</v>
       </c>
       <c r="H120">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I120">
+        <v>2</v>
+      </c>
+      <c r="J120">
         <v>6</v>
       </c>
-      <c r="J120">
-[...1 lines deleted...]
-      </c>
       <c r="K120" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L120" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="M120" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N120" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="O120" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>105432</v>
+        <v>127987</v>
       </c>
       <c r="B121" t="s">
         <v>15</v>
       </c>
       <c r="C121" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="D121" t="s">
-        <v>190</v>
+        <v>273</v>
       </c>
       <c r="E121" t="s">
         <v>18</v>
       </c>
       <c r="F121" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G121" t="s">
         <v>20</v>
       </c>
       <c r="H121">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I121">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J121">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K121" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L121" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="M121" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N121" t="s">
-        <v>108</v>
+        <v>274</v>
       </c>
       <c r="O121" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>105433</v>
+        <v>127988</v>
       </c>
       <c r="B122" t="s">
         <v>15</v>
       </c>
       <c r="C122" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="D122" t="s">
-        <v>196</v>
+        <v>37</v>
       </c>
       <c r="E122" t="s">
         <v>18</v>
       </c>
       <c r="F122" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G122" t="s">
         <v>20</v>
       </c>
       <c r="H122">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I122">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="J122">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K122" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L122" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="M122" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N122" t="s">
-        <v>198</v>
+        <v>39</v>
       </c>
       <c r="O122" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>105435</v>
+        <v>127989</v>
       </c>
       <c r="B123" t="s">
         <v>15</v>
       </c>
       <c r="C123" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="D123" t="s">
-        <v>304</v>
+        <v>270</v>
       </c>
       <c r="E123" t="s">
         <v>18</v>
       </c>
       <c r="F123" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G123" t="s">
         <v>20</v>
       </c>
       <c r="H123">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I123">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="J123">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K123" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L123" t="s">
-        <v>140</v>
+        <v>81</v>
       </c>
       <c r="M123" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N123" t="s">
-        <v>275</v>
+        <v>230</v>
       </c>
       <c r="O123" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>105436</v>
+        <v>127990</v>
       </c>
       <c r="B124" t="s">
         <v>15</v>
       </c>
       <c r="C124" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="D124" t="s">
-        <v>243</v>
+        <v>198</v>
       </c>
       <c r="E124" t="s">
         <v>18</v>
       </c>
       <c r="F124" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G124" t="s">
         <v>20</v>
       </c>
       <c r="H124">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I124">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="J124">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K124" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L124" t="s">
-        <v>143</v>
+        <v>94</v>
       </c>
       <c r="M124" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N124" t="s">
-        <v>244</v>
+        <v>199</v>
       </c>
       <c r="O124" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>105437</v>
+        <v>127991</v>
       </c>
       <c r="B125" t="s">
         <v>15</v>
       </c>
       <c r="C125" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="D125" t="s">
-        <v>450</v>
+        <v>246</v>
       </c>
       <c r="E125" t="s">
         <v>18</v>
       </c>
       <c r="F125" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G125" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H125">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I125">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J125">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K125" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L125" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="M125" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N125" t="s">
-        <v>338</v>
+        <v>247</v>
       </c>
       <c r="O125" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>105439</v>
+        <v>127992</v>
       </c>
       <c r="B126" t="s">
         <v>15</v>
       </c>
       <c r="C126" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="D126" t="s">
-        <v>453</v>
+        <v>161</v>
       </c>
       <c r="E126" t="s">
         <v>18</v>
       </c>
       <c r="F126" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G126" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H126">
         <v>4</v>
       </c>
       <c r="I126">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J126">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K126" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L126" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M126" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N126" t="s">
-        <v>248</v>
+        <v>162</v>
       </c>
       <c r="O126" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>105447</v>
+        <v>127993</v>
       </c>
       <c r="B127" t="s">
         <v>15</v>
       </c>
       <c r="C127" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="D127" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
       <c r="E127" t="s">
         <v>18</v>
       </c>
       <c r="F127" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G127" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H127">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I127">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="J127">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K127" t="s">
         <v>21</v>
       </c>
       <c r="L127" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M127" t="s">
         <v>21</v>
       </c>
       <c r="N127" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="O127" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>105448</v>
+        <v>127994</v>
       </c>
       <c r="B128" t="s">
         <v>15</v>
       </c>
       <c r="C128" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="D128" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E128" t="s">
         <v>18</v>
       </c>
       <c r="F128" t="s">
-        <v>458</v>
+        <v>431</v>
       </c>
       <c r="G128" t="s">
         <v>20</v>
       </c>
       <c r="H128">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I128">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J128">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K128" t="s">
         <v>21</v>
       </c>
       <c r="L128" t="s">
         <v>22</v>
       </c>
       <c r="M128" t="s">
         <v>21</v>
       </c>
       <c r="N128" t="s">
-        <v>119</v>
+        <v>158</v>
       </c>
       <c r="O128" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>105449</v>
+        <v>127995</v>
       </c>
       <c r="B129" t="s">
         <v>15</v>
       </c>
       <c r="C129" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="D129" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="E129" t="s">
         <v>18</v>
       </c>
       <c r="F129" t="s">
-        <v>458</v>
+        <v>431</v>
       </c>
       <c r="G129" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H129">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I129">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J129">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K129" t="s">
         <v>21</v>
       </c>
       <c r="L129" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M129" t="s">
         <v>21</v>
       </c>
       <c r="N129" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="O129" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>105450</v>
+        <v>127996</v>
       </c>
       <c r="B130" t="s">
         <v>15</v>
       </c>
       <c r="C130" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="D130" t="s">
-        <v>407</v>
+        <v>114</v>
       </c>
       <c r="E130" t="s">
         <v>18</v>
       </c>
       <c r="F130" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="G130" t="s">
         <v>20</v>
       </c>
       <c r="H130">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I130">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J130">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K130" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L130" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M130" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N130" t="s">
-        <v>408</v>
+        <v>115</v>
       </c>
       <c r="O130" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>105451</v>
+        <v>127997</v>
       </c>
       <c r="B131" t="s">
         <v>15</v>
       </c>
       <c r="C131" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="D131" t="s">
-        <v>311</v>
+        <v>270</v>
       </c>
       <c r="E131" t="s">
         <v>18</v>
       </c>
       <c r="F131" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="G131" t="s">
         <v>20</v>
       </c>
       <c r="H131">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I131">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J131">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K131" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L131" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M131" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N131" t="s">
-        <v>312</v>
+        <v>230</v>
       </c>
       <c r="O131" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>105452</v>
+        <v>127998</v>
       </c>
       <c r="B132" t="s">
         <v>15</v>
       </c>
       <c r="C132" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="D132" t="s">
-        <v>114</v>
+        <v>198</v>
       </c>
       <c r="E132" t="s">
         <v>18</v>
       </c>
       <c r="F132" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="G132" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H132">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I132">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J132">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K132" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L132" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M132" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N132" t="s">
-        <v>115</v>
+        <v>199</v>
       </c>
       <c r="O132" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>105453</v>
+        <v>127999</v>
       </c>
       <c r="B133" t="s">
         <v>15</v>
       </c>
       <c r="C133" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="D133" t="s">
-        <v>469</v>
+        <v>260</v>
       </c>
       <c r="E133" t="s">
         <v>18</v>
       </c>
       <c r="F133" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="G133" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H133">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I133">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J133">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K133" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L133" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M133" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N133" t="s">
-        <v>220</v>
+        <v>261</v>
       </c>
       <c r="O133" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>105454</v>
+        <v>128000</v>
       </c>
       <c r="B134" t="s">
         <v>15</v>
       </c>
       <c r="C134" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="D134" t="s">
-        <v>472</v>
+        <v>184</v>
       </c>
       <c r="E134" t="s">
         <v>18</v>
       </c>
       <c r="F134" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="G134" t="s">
         <v>20</v>
       </c>
       <c r="H134">
         <v>3</v>
       </c>
       <c r="I134">
         <v>1</v>
       </c>
       <c r="J134">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K134" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L134" t="s">
         <v>22</v>
       </c>
       <c r="M134" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N134" t="s">
-        <v>312</v>
+        <v>111</v>
       </c>
       <c r="O134" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>105455</v>
+        <v>128001</v>
       </c>
       <c r="B135" t="s">
         <v>15</v>
       </c>
       <c r="C135" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="D135" t="s">
-        <v>476</v>
+        <v>279</v>
       </c>
       <c r="E135" t="s">
         <v>18</v>
       </c>
       <c r="F135" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="G135" t="s">
         <v>20</v>
       </c>
       <c r="H135">
         <v>3</v>
       </c>
       <c r="I135">
         <v>2</v>
       </c>
       <c r="J135">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K135" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L135" t="s">
         <v>27</v>
       </c>
       <c r="M135" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N135" t="s">
-        <v>375</v>
+        <v>90</v>
       </c>
       <c r="O135" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>105456</v>
+        <v>128002</v>
       </c>
       <c r="B136" t="s">
         <v>15</v>
       </c>
       <c r="C136" t="s">
-        <v>478</v>
+        <v>466</v>
       </c>
       <c r="D136" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="E136" t="s">
         <v>18</v>
       </c>
       <c r="F136" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="G136" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H136">
         <v>3</v>
       </c>
       <c r="I136">
         <v>3</v>
       </c>
       <c r="J136">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K136" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L136" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M136" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N136" t="s">
-        <v>73</v>
+        <v>261</v>
       </c>
       <c r="O136" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>105457</v>
+        <v>128003</v>
       </c>
       <c r="B137" t="s">
         <v>15</v>
       </c>
       <c r="C137" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="D137" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E137" t="s">
         <v>18</v>
       </c>
       <c r="F137" t="s">
+        <v>471</v>
+      </c>
+      <c r="G137" t="s">
+        <v>20</v>
+      </c>
+      <c r="H137">
+        <v>3</v>
+      </c>
+      <c r="I137">
+        <v>1</v>
+      </c>
+      <c r="J137">
+        <v>6</v>
+      </c>
+      <c r="K137" t="s">
+        <v>21</v>
+      </c>
+      <c r="L137" t="s">
+        <v>33</v>
+      </c>
+      <c r="M137" t="s">
+        <v>21</v>
+      </c>
+      <c r="N137" t="s">
+        <v>472</v>
+      </c>
+      <c r="O137" t="s">
         <v>473</v>
-      </c>
-[...25 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>105458</v>
+        <v>128004</v>
       </c>
       <c r="B138" t="s">
         <v>15</v>
       </c>
       <c r="C138" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="D138" t="s">
-        <v>324</v>
+        <v>475</v>
       </c>
       <c r="E138" t="s">
         <v>18</v>
       </c>
       <c r="F138" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G138" t="s">
         <v>20</v>
       </c>
       <c r="H138">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I138">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J138">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K138" t="s">
         <v>21</v>
       </c>
       <c r="L138" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M138" t="s">
         <v>21</v>
       </c>
       <c r="N138" t="s">
-        <v>325</v>
+        <v>100</v>
       </c>
       <c r="O138" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>105459</v>
+        <v>128005</v>
       </c>
       <c r="B139" t="s">
         <v>15</v>
       </c>
       <c r="C139" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D139" t="s">
-        <v>333</v>
+        <v>478</v>
       </c>
       <c r="E139" t="s">
         <v>18</v>
       </c>
       <c r="F139" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G139" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H139">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I139">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J139">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K139" t="s">
         <v>21</v>
       </c>
       <c r="L139" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M139" t="s">
         <v>21</v>
       </c>
       <c r="N139" t="s">
-        <v>334</v>
+        <v>237</v>
       </c>
       <c r="O139" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>105460</v>
+        <v>128006</v>
       </c>
       <c r="B140" t="s">
         <v>15</v>
       </c>
       <c r="C140" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="D140" t="s">
-        <v>328</v>
+        <v>260</v>
       </c>
       <c r="E140" t="s">
         <v>18</v>
       </c>
       <c r="F140" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G140" t="s">
         <v>20</v>
       </c>
       <c r="H140">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I140">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J140">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K140" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L140" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M140" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N140" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="O140" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>105461</v>
+        <v>128007</v>
       </c>
       <c r="B141" t="s">
         <v>15</v>
       </c>
       <c r="C141" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="D141" t="s">
-        <v>347</v>
+        <v>232</v>
       </c>
       <c r="E141" t="s">
         <v>18</v>
       </c>
       <c r="F141" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G141" t="s">
         <v>20</v>
       </c>
       <c r="H141">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I141">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J141">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K141" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L141" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M141" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N141" t="s">
-        <v>348</v>
+        <v>233</v>
       </c>
       <c r="O141" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>105462</v>
+        <v>128008</v>
       </c>
       <c r="B142" t="s">
         <v>15</v>
       </c>
       <c r="C142" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="D142" t="s">
-        <v>128</v>
+        <v>246</v>
       </c>
       <c r="E142" t="s">
         <v>18</v>
       </c>
       <c r="F142" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G142" t="s">
         <v>20</v>
       </c>
       <c r="H142">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I142">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J142">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K142" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L142" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M142" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N142" t="s">
-        <v>129</v>
+        <v>247</v>
       </c>
       <c r="O142" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>105464</v>
+        <v>128009</v>
       </c>
       <c r="B143" t="s">
         <v>15</v>
       </c>
       <c r="C143" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="D143" t="s">
-        <v>351</v>
+        <v>256</v>
       </c>
       <c r="E143" t="s">
         <v>18</v>
       </c>
       <c r="F143" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G143" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H143">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I143">
+        <v>4</v>
+      </c>
+      <c r="J143">
         <v>6</v>
       </c>
-      <c r="J143">
-[...1 lines deleted...]
-      </c>
       <c r="K143" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L143" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="M143" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N143" t="s">
-        <v>321</v>
+        <v>257</v>
       </c>
       <c r="O143" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>105465</v>
+        <v>128010</v>
       </c>
       <c r="B144" t="s">
         <v>15</v>
       </c>
       <c r="C144" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="D144" t="s">
-        <v>132</v>
+        <v>273</v>
       </c>
       <c r="E144" t="s">
         <v>18</v>
       </c>
       <c r="F144" t="s">
-        <v>473</v>
+        <v>489</v>
       </c>
       <c r="G144" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H144">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I144">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J144">
         <v>5</v>
       </c>
       <c r="K144" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L144" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M144" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N144" t="s">
-        <v>133</v>
+        <v>274</v>
       </c>
       <c r="O144" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>105516</v>
+        <v>128011</v>
       </c>
       <c r="B145" t="s">
         <v>15</v>
       </c>
       <c r="C145" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="D145" t="s">
-        <v>498</v>
+        <v>191</v>
       </c>
       <c r="E145" t="s">
         <v>18</v>
       </c>
       <c r="F145" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="G145" t="s">
         <v>20</v>
       </c>
       <c r="H145">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I145">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J145">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K145" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="L145" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M145" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="N145" t="s">
-        <v>271</v>
+        <v>192</v>
       </c>
       <c r="O145" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>105517</v>
+        <v>128012</v>
       </c>
       <c r="B146" t="s">
         <v>15</v>
       </c>
       <c r="C146" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="D146" t="s">
-        <v>503</v>
+        <v>187</v>
       </c>
       <c r="E146" t="s">
         <v>18</v>
       </c>
       <c r="F146" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="G146" t="s">
         <v>20</v>
       </c>
       <c r="H146">
+        <v>4</v>
+      </c>
+      <c r="I146">
         <v>3</v>
       </c>
-      <c r="I146">
-[...1 lines deleted...]
-      </c>
       <c r="J146">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K146" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="L146" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M146" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="N146" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
       <c r="O146" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>105518</v>
+        <v>128013</v>
       </c>
       <c r="B147" t="s">
         <v>15</v>
       </c>
       <c r="C147" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="D147" t="s">
-        <v>506</v>
+        <v>37</v>
       </c>
       <c r="E147" t="s">
         <v>18</v>
       </c>
       <c r="F147" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="G147" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H147">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I147">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J147">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K147" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="L147" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="M147" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="N147" t="s">
-        <v>338</v>
+        <v>39</v>
       </c>
       <c r="O147" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>105519</v>
+        <v>128014</v>
       </c>
       <c r="B148" t="s">
         <v>15</v>
       </c>
       <c r="C148" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="D148" t="s">
-        <v>509</v>
+        <v>293</v>
       </c>
       <c r="E148" t="s">
         <v>18</v>
       </c>
       <c r="F148" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="G148" t="s">
         <v>20</v>
       </c>
       <c r="H148">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I148">
         <v>1</v>
       </c>
       <c r="J148">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K148" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="L148" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M148" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="N148" t="s">
-        <v>408</v>
+        <v>39</v>
       </c>
       <c r="O148" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>105520</v>
+        <v>128015</v>
       </c>
       <c r="B149" t="s">
         <v>15</v>
       </c>
       <c r="C149" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="D149" t="s">
-        <v>513</v>
+        <v>181</v>
       </c>
       <c r="E149" t="s">
         <v>18</v>
       </c>
       <c r="F149" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="G149" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H149">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I149">
         <v>2</v>
       </c>
       <c r="J149">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K149" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="L149" t="s">
         <v>27</v>
       </c>
       <c r="M149" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="N149" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="O149" t="s">
-        <v>514</v>
+        <v>500</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>105521</v>
+        <v>128016</v>
       </c>
       <c r="B150" t="s">
         <v>15</v>
       </c>
       <c r="C150" t="s">
-        <v>515</v>
+        <v>501</v>
       </c>
       <c r="D150" t="s">
-        <v>516</v>
+        <v>264</v>
       </c>
       <c r="E150" t="s">
         <v>18</v>
       </c>
       <c r="F150" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="G150" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H150">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I150">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J150">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K150" t="s">
-        <v>510</v>
+        <v>110</v>
       </c>
       <c r="L150" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M150" t="s">
-        <v>510</v>
+        <v>110</v>
       </c>
       <c r="N150" t="s">
-        <v>244</v>
+        <v>47</v>
       </c>
       <c r="O150" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>105522</v>
+        <v>128017</v>
       </c>
       <c r="B151" t="s">
         <v>15</v>
       </c>
       <c r="C151" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="D151" t="s">
-        <v>519</v>
+        <v>46</v>
       </c>
       <c r="E151" t="s">
         <v>18</v>
       </c>
       <c r="F151" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G151" t="s">
         <v>20</v>
       </c>
       <c r="H151">
         <v>3</v>
       </c>
       <c r="I151">
         <v>1</v>
       </c>
       <c r="J151">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K151" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="L151" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M151" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="N151" t="s">
-        <v>312</v>
+        <v>47</v>
       </c>
       <c r="O151" t="s">
-        <v>521</v>
+        <v>505</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>105523</v>
+        <v>128018</v>
       </c>
       <c r="B152" t="s">
         <v>15</v>
       </c>
       <c r="C152" t="s">
-        <v>522</v>
+        <v>506</v>
       </c>
       <c r="D152" t="s">
-        <v>523</v>
+        <v>85</v>
       </c>
       <c r="E152" t="s">
         <v>18</v>
       </c>
       <c r="F152" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G152" t="s">
         <v>20</v>
       </c>
       <c r="H152">
         <v>3</v>
       </c>
       <c r="I152">
         <v>2</v>
       </c>
       <c r="J152">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K152" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="L152" t="s">
         <v>27</v>
       </c>
       <c r="M152" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="N152" t="s">
-        <v>368</v>
+        <v>86</v>
       </c>
       <c r="O152" t="s">
-        <v>524</v>
+        <v>507</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>105524</v>
+        <v>128019</v>
       </c>
       <c r="B153" t="s">
         <v>15</v>
       </c>
       <c r="C153" t="s">
-        <v>525</v>
+        <v>508</v>
       </c>
       <c r="D153" t="s">
-        <v>526</v>
+        <v>256</v>
       </c>
       <c r="E153" t="s">
         <v>18</v>
       </c>
       <c r="F153" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G153" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H153">
         <v>3</v>
       </c>
       <c r="I153">
         <v>3</v>
       </c>
       <c r="J153">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K153" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="L153" t="s">
         <v>22</v>
       </c>
       <c r="M153" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="N153" t="s">
-        <v>375</v>
+        <v>257</v>
       </c>
       <c r="O153" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>105525</v>
+        <v>128020</v>
       </c>
       <c r="B154" t="s">
         <v>15</v>
       </c>
       <c r="C154" t="s">
-        <v>528</v>
+        <v>510</v>
       </c>
       <c r="D154" t="s">
-        <v>529</v>
+        <v>511</v>
       </c>
       <c r="E154" t="s">
         <v>18</v>
       </c>
       <c r="F154" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G154" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H154">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I154">
         <v>1</v>
       </c>
       <c r="J154">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K154" t="s">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="L154" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M154" t="s">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="N154" t="s">
         <v>82</v>
       </c>
       <c r="O154" t="s">
-        <v>530</v>
+        <v>512</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>105526</v>
+        <v>128021</v>
       </c>
       <c r="B155" t="s">
         <v>15</v>
       </c>
       <c r="C155" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="D155" t="s">
-        <v>532</v>
+        <v>229</v>
       </c>
       <c r="E155" t="s">
         <v>18</v>
       </c>
       <c r="F155" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G155" t="s">
         <v>20</v>
       </c>
       <c r="H155">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I155">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J155">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K155" t="s">
-        <v>500</v>
+        <v>21</v>
       </c>
       <c r="L155" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M155" t="s">
-        <v>500</v>
+        <v>21</v>
       </c>
       <c r="N155" t="s">
-        <v>368</v>
+        <v>230</v>
       </c>
       <c r="O155" t="s">
-        <v>533</v>
+        <v>514</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>105527</v>
+        <v>128022</v>
       </c>
       <c r="B156" t="s">
         <v>15</v>
       </c>
       <c r="C156" t="s">
-        <v>534</v>
+        <v>515</v>
       </c>
       <c r="D156" t="s">
-        <v>535</v>
+        <v>290</v>
       </c>
       <c r="E156" t="s">
         <v>18</v>
       </c>
       <c r="F156" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G156" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H156">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I156">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J156">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K156" t="s">
-        <v>500</v>
+        <v>21</v>
       </c>
       <c r="L156" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M156" t="s">
-        <v>500</v>
+        <v>21</v>
       </c>
       <c r="N156" t="s">
-        <v>100</v>
+        <v>47</v>
       </c>
       <c r="O156" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>105528</v>
+        <v>128023</v>
       </c>
       <c r="B157" t="s">
         <v>15</v>
       </c>
       <c r="C157" t="s">
-        <v>537</v>
+        <v>517</v>
       </c>
       <c r="D157" t="s">
-        <v>538</v>
+        <v>518</v>
       </c>
       <c r="E157" t="s">
         <v>18</v>
       </c>
       <c r="F157" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G157" t="s">
         <v>20</v>
       </c>
       <c r="H157">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I157">
         <v>1</v>
       </c>
       <c r="J157">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K157" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L157" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M157" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N157" t="s">
-        <v>275</v>
+        <v>77</v>
       </c>
       <c r="O157" t="s">
-        <v>541</v>
+        <v>520</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>105529</v>
+        <v>128024</v>
       </c>
       <c r="B158" t="s">
         <v>15</v>
       </c>
       <c r="C158" t="s">
-        <v>542</v>
+        <v>521</v>
       </c>
       <c r="D158" t="s">
-        <v>543</v>
+        <v>522</v>
       </c>
       <c r="E158" t="s">
         <v>18</v>
       </c>
       <c r="F158" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G158" t="s">
         <v>20</v>
       </c>
       <c r="H158">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I158">
         <v>2</v>
       </c>
       <c r="J158">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K158" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L158" t="s">
         <v>27</v>
       </c>
       <c r="M158" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N158" t="s">
-        <v>264</v>
+        <v>154</v>
       </c>
       <c r="O158" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>105530</v>
+        <v>128025</v>
       </c>
       <c r="B159" t="s">
         <v>15</v>
       </c>
       <c r="C159" t="s">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="D159" t="s">
-        <v>538</v>
+        <v>260</v>
       </c>
       <c r="E159" t="s">
         <v>18</v>
       </c>
       <c r="F159" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G159" t="s">
         <v>20</v>
       </c>
       <c r="H159">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I159">
         <v>3</v>
       </c>
       <c r="J159">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K159" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L159" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M159" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N159" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="O159" t="s">
-        <v>546</v>
+        <v>525</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>105531</v>
+        <v>128026</v>
       </c>
       <c r="B160" t="s">
         <v>15</v>
       </c>
       <c r="C160" t="s">
-        <v>547</v>
+        <v>526</v>
       </c>
       <c r="D160" t="s">
-        <v>548</v>
+        <v>260</v>
       </c>
       <c r="E160" t="s">
         <v>18</v>
       </c>
       <c r="F160" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G160" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H160">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I160">
         <v>4</v>
       </c>
       <c r="J160">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K160" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L160" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M160" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N160" t="s">
-        <v>100</v>
+        <v>261</v>
       </c>
       <c r="O160" t="s">
-        <v>549</v>
+        <v>527</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>105532</v>
+        <v>128027</v>
       </c>
       <c r="B161" t="s">
         <v>15</v>
       </c>
       <c r="C161" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D161" t="s">
-        <v>551</v>
+        <v>522</v>
       </c>
       <c r="E161" t="s">
         <v>18</v>
       </c>
       <c r="F161" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G161" t="s">
         <v>20</v>
       </c>
       <c r="H161">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I161">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J161">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K161" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L161" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M161" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N161" t="s">
-        <v>264</v>
+        <v>154</v>
       </c>
       <c r="O161" t="s">
-        <v>553</v>
+        <v>529</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>105533</v>
+        <v>128028</v>
       </c>
       <c r="B162" t="s">
         <v>15</v>
       </c>
       <c r="C162" t="s">
-        <v>554</v>
+        <v>530</v>
       </c>
       <c r="D162" t="s">
-        <v>555</v>
+        <v>243</v>
       </c>
       <c r="E162" t="s">
         <v>18</v>
       </c>
       <c r="F162" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G162" t="s">
         <v>20</v>
       </c>
       <c r="H162">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I162">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J162">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K162" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L162" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="M162" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N162" t="s">
-        <v>312</v>
+        <v>147</v>
       </c>
       <c r="O162" t="s">
-        <v>556</v>
+        <v>531</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>105534</v>
+        <v>128029</v>
       </c>
       <c r="B163" t="s">
         <v>15</v>
       </c>
       <c r="C163" t="s">
-        <v>557</v>
+        <v>532</v>
       </c>
       <c r="D163" t="s">
-        <v>558</v>
+        <v>120</v>
       </c>
       <c r="E163" t="s">
         <v>18</v>
       </c>
       <c r="F163" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G163" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H163">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I163">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J163">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K163" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L163" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="M163" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N163" t="s">
-        <v>408</v>
+        <v>111</v>
       </c>
       <c r="O163" t="s">
-        <v>559</v>
+        <v>533</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>105535</v>
+        <v>128030</v>
       </c>
       <c r="B164" t="s">
         <v>15</v>
       </c>
       <c r="C164" t="s">
-        <v>560</v>
+        <v>534</v>
       </c>
       <c r="D164" t="s">
-        <v>561</v>
+        <v>535</v>
       </c>
       <c r="E164" t="s">
         <v>18</v>
       </c>
       <c r="F164" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="G164" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H164">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I164">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J164">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K164" t="s">
-        <v>552</v>
+        <v>21</v>
       </c>
       <c r="L164" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M164" t="s">
-        <v>552</v>
+        <v>21</v>
       </c>
       <c r="N164" t="s">
-        <v>375</v>
+        <v>257</v>
       </c>
       <c r="O164" t="s">
-        <v>562</v>
+        <v>536</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>105536</v>
+        <v>128031</v>
       </c>
       <c r="B165" t="s">
         <v>15</v>
       </c>
       <c r="C165" t="s">
-        <v>563</v>
+        <v>537</v>
       </c>
       <c r="D165" t="s">
-        <v>227</v>
+        <v>538</v>
       </c>
       <c r="E165" t="s">
         <v>18</v>
       </c>
       <c r="F165" t="s">
-        <v>564</v>
+        <v>519</v>
       </c>
       <c r="G165" t="s">
         <v>20</v>
       </c>
       <c r="H165">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I165">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J165">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K165" t="s">
         <v>21</v>
       </c>
       <c r="L165" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M165" t="s">
         <v>21</v>
       </c>
       <c r="N165" t="s">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="O165" t="s">
-        <v>565</v>
+        <v>539</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>105537</v>
+        <v>128032</v>
       </c>
       <c r="B166" t="s">
         <v>15</v>
       </c>
       <c r="C166" t="s">
-        <v>566</v>
+        <v>540</v>
       </c>
       <c r="D166" t="s">
-        <v>219</v>
+        <v>541</v>
       </c>
       <c r="E166" t="s">
         <v>18</v>
       </c>
       <c r="F166" t="s">
-        <v>564</v>
+        <v>519</v>
       </c>
       <c r="G166" t="s">
         <v>20</v>
       </c>
       <c r="H166">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I166">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J166">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K166" t="s">
         <v>21</v>
       </c>
       <c r="L166" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M166" t="s">
         <v>21</v>
       </c>
       <c r="N166" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="O166" t="s">
-        <v>567</v>
+        <v>542</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>105538</v>
+        <v>128033</v>
       </c>
       <c r="B167" t="s">
         <v>15</v>
       </c>
       <c r="C167" t="s">
-        <v>568</v>
+        <v>543</v>
       </c>
       <c r="D167" t="s">
-        <v>71</v>
+        <v>293</v>
       </c>
       <c r="E167" t="s">
         <v>18</v>
       </c>
       <c r="F167" t="s">
-        <v>564</v>
+        <v>519</v>
       </c>
       <c r="G167" t="s">
         <v>20</v>
       </c>
       <c r="H167">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I167">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J167">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K167" t="s">
         <v>21</v>
       </c>
       <c r="L167" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="M167" t="s">
         <v>21</v>
       </c>
       <c r="N167" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="O167" t="s">
-        <v>569</v>
+        <v>544</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>105539</v>
+        <v>128034</v>
       </c>
       <c r="B168" t="s">
         <v>15</v>
       </c>
       <c r="C168" t="s">
-        <v>570</v>
+        <v>545</v>
       </c>
       <c r="D168" t="s">
-        <v>294</v>
+        <v>181</v>
       </c>
       <c r="E168" t="s">
         <v>18</v>
       </c>
       <c r="F168" t="s">
-        <v>564</v>
+        <v>519</v>
       </c>
       <c r="G168" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H168">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I168">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J168">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K168" t="s">
         <v>21</v>
       </c>
       <c r="L168" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M168" t="s">
         <v>21</v>
       </c>
       <c r="N168" t="s">
-        <v>295</v>
+        <v>86</v>
       </c>
       <c r="O168" t="s">
-        <v>571</v>
+        <v>546</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>105540</v>
+        <v>128035</v>
       </c>
       <c r="B169" t="s">
         <v>15</v>
       </c>
       <c r="C169" t="s">
-        <v>572</v>
+        <v>547</v>
       </c>
       <c r="D169" t="s">
-        <v>185</v>
+        <v>256</v>
       </c>
       <c r="E169" t="s">
         <v>18</v>
       </c>
       <c r="F169" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G169" t="s">
         <v>20</v>
       </c>
       <c r="H169">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I169">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J169">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K169" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L169" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M169" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N169" t="s">
-        <v>187</v>
+        <v>257</v>
       </c>
       <c r="O169" t="s">
-        <v>573</v>
+        <v>549</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>105541</v>
+        <v>128036</v>
       </c>
       <c r="B170" t="s">
         <v>15</v>
       </c>
       <c r="C170" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="D170" t="s">
-        <v>66</v>
+        <v>236</v>
       </c>
       <c r="E170" t="s">
         <v>18</v>
       </c>
       <c r="F170" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G170" t="s">
         <v>20</v>
       </c>
       <c r="H170">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I170">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J170">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K170" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L170" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="M170" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N170" t="s">
-        <v>68</v>
+        <v>237</v>
       </c>
       <c r="O170" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>105542</v>
+        <v>128037</v>
       </c>
       <c r="B171" t="s">
         <v>15</v>
       </c>
       <c r="C171" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
       <c r="D171" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="E171" t="s">
         <v>18</v>
       </c>
       <c r="F171" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G171" t="s">
         <v>20</v>
       </c>
       <c r="H171">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I171">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J171">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K171" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L171" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="M171" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N171" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="O171" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>105543</v>
+        <v>128038</v>
       </c>
       <c r="B172" t="s">
         <v>15</v>
       </c>
       <c r="C172" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D172" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="E172" t="s">
         <v>18</v>
       </c>
       <c r="F172" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G172" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H172">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I172">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="J172">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K172" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L172" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="M172" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N172" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="O172" t="s">
-        <v>579</v>
+        <v>555</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>105544</v>
+        <v>128039</v>
       </c>
       <c r="B173" t="s">
         <v>15</v>
       </c>
       <c r="C173" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
       <c r="D173" t="s">
-        <v>223</v>
+        <v>557</v>
       </c>
       <c r="E173" t="s">
         <v>18</v>
       </c>
       <c r="F173" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G173" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H173">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I173">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J173">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K173" t="s">
         <v>21</v>
       </c>
       <c r="L173" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="M173" t="s">
         <v>21</v>
       </c>
       <c r="N173" t="s">
-        <v>224</v>
+        <v>188</v>
       </c>
       <c r="O173" t="s">
-        <v>581</v>
+        <v>558</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>105545</v>
+        <v>128040</v>
       </c>
       <c r="B174" t="s">
         <v>15</v>
       </c>
       <c r="C174" t="s">
-        <v>582</v>
+        <v>559</v>
       </c>
       <c r="D174" t="s">
-        <v>583</v>
+        <v>560</v>
       </c>
       <c r="E174" t="s">
         <v>18</v>
       </c>
       <c r="F174" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G174" t="s">
         <v>20</v>
       </c>
       <c r="H174">
         <v>3</v>
       </c>
       <c r="I174">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J174">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K174" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L174" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M174" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N174" t="s">
-        <v>236</v>
+        <v>561</v>
       </c>
       <c r="O174" t="s">
-        <v>584</v>
+        <v>562</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>105546</v>
+        <v>128041</v>
       </c>
       <c r="B175" t="s">
         <v>15</v>
       </c>
       <c r="C175" t="s">
-        <v>585</v>
+        <v>563</v>
       </c>
       <c r="D175" t="s">
-        <v>586</v>
+        <v>279</v>
       </c>
       <c r="E175" t="s">
         <v>18</v>
       </c>
       <c r="F175" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G175" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H175">
         <v>3</v>
       </c>
       <c r="I175">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J175">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K175" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L175" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M175" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N175" t="s">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="O175" t="s">
-        <v>587</v>
+        <v>564</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>105547</v>
+        <v>128042</v>
       </c>
       <c r="B176" t="s">
         <v>15</v>
       </c>
       <c r="C176" t="s">
-        <v>588</v>
+        <v>565</v>
       </c>
       <c r="D176" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
       <c r="E176" t="s">
         <v>18</v>
       </c>
       <c r="F176" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="G176" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H176">
         <v>3</v>
       </c>
       <c r="I176">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J176">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K176" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L176" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M176" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N176" t="s">
-        <v>129</v>
+        <v>220</v>
       </c>
       <c r="O176" t="s">
-        <v>590</v>
+        <v>568</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>105548</v>
+        <v>128043</v>
       </c>
       <c r="B177" t="s">
         <v>15</v>
       </c>
       <c r="C177" t="s">
-        <v>591</v>
+        <v>569</v>
       </c>
       <c r="D177" t="s">
-        <v>301</v>
+        <v>89</v>
       </c>
       <c r="E177" t="s">
         <v>18</v>
       </c>
       <c r="F177" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="G177" t="s">
         <v>20</v>
       </c>
       <c r="H177">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I177">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J177">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K177" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L177" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M177" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N177" t="s">
-        <v>260</v>
+        <v>90</v>
       </c>
       <c r="O177" t="s">
-        <v>593</v>
+        <v>570</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>105549</v>
+        <v>128044</v>
       </c>
       <c r="B178" t="s">
         <v>15</v>
       </c>
       <c r="C178" t="s">
-        <v>594</v>
+        <v>571</v>
       </c>
       <c r="D178" t="s">
-        <v>337</v>
+        <v>202</v>
       </c>
       <c r="E178" t="s">
         <v>18</v>
       </c>
       <c r="F178" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="G178" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H178">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I178">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J178">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K178" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L178" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M178" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N178" t="s">
-        <v>338</v>
+        <v>72</v>
       </c>
       <c r="O178" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>105550</v>
+        <v>128045</v>
       </c>
       <c r="B179" t="s">
         <v>15</v>
       </c>
       <c r="C179" t="s">
-        <v>596</v>
+        <v>573</v>
       </c>
       <c r="D179" t="s">
-        <v>344</v>
+        <v>290</v>
       </c>
       <c r="E179" t="s">
         <v>18</v>
       </c>
       <c r="F179" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="G179" t="s">
         <v>20</v>
       </c>
       <c r="H179">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I179">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J179">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K179" t="s">
         <v>21</v>
       </c>
       <c r="L179" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M179" t="s">
         <v>21</v>
       </c>
       <c r="N179" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="O179" t="s">
-        <v>597</v>
+        <v>574</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>105551</v>
+        <v>128046</v>
       </c>
       <c r="B180" t="s">
         <v>15</v>
       </c>
       <c r="C180" t="s">
-        <v>598</v>
+        <v>575</v>
       </c>
       <c r="D180" t="s">
-        <v>354</v>
+        <v>576</v>
       </c>
       <c r="E180" t="s">
         <v>18</v>
       </c>
       <c r="F180" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="G180" t="s">
         <v>20</v>
       </c>
       <c r="H180">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I180">
+        <v>2</v>
+      </c>
+      <c r="J180">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="K180" t="s">
         <v>21</v>
       </c>
       <c r="L180" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M180" t="s">
         <v>21</v>
       </c>
       <c r="N180" t="s">
-        <v>173</v>
+        <v>274</v>
       </c>
       <c r="O180" t="s">
-        <v>599</v>
+        <v>577</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>105552</v>
+        <v>128047</v>
       </c>
       <c r="B181" t="s">
         <v>15</v>
       </c>
       <c r="C181" t="s">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="D181" t="s">
-        <v>87</v>
+        <v>579</v>
       </c>
       <c r="E181" t="s">
         <v>18</v>
       </c>
       <c r="F181" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="G181" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H181">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I181">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J181">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K181" t="s">
         <v>21</v>
       </c>
       <c r="L181" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M181" t="s">
         <v>21</v>
       </c>
       <c r="N181" t="s">
-        <v>88</v>
+        <v>192</v>
       </c>
       <c r="O181" t="s">
-        <v>601</v>
+        <v>580</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>105553</v>
+        <v>128048</v>
       </c>
       <c r="B182" t="s">
         <v>15</v>
       </c>
       <c r="C182" t="s">
-        <v>602</v>
+        <v>581</v>
       </c>
       <c r="D182" t="s">
-        <v>282</v>
+        <v>240</v>
       </c>
       <c r="E182" t="s">
         <v>18</v>
       </c>
       <c r="F182" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G182" t="s">
         <v>20</v>
       </c>
       <c r="H182">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I182">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J182">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K182" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L182" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M182" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N182" t="s">
-        <v>284</v>
+        <v>158</v>
       </c>
       <c r="O182" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>105554</v>
+        <v>128049</v>
       </c>
       <c r="B183" t="s">
         <v>15</v>
       </c>
       <c r="C183" t="s">
-        <v>604</v>
+        <v>584</v>
       </c>
       <c r="D183" t="s">
-        <v>91</v>
+        <v>273</v>
       </c>
       <c r="E183" t="s">
         <v>18</v>
       </c>
       <c r="F183" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G183" t="s">
         <v>20</v>
       </c>
       <c r="H183">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I183">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J183">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K183" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L183" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="M183" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N183" t="s">
-        <v>92</v>
+        <v>274</v>
       </c>
       <c r="O183" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>105555</v>
+        <v>128050</v>
       </c>
       <c r="B184" t="s">
         <v>15</v>
       </c>
       <c r="C184" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
       <c r="D184" t="s">
-        <v>95</v>
+        <v>191</v>
       </c>
       <c r="E184" t="s">
         <v>18</v>
       </c>
       <c r="F184" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G184" t="s">
         <v>20</v>
       </c>
       <c r="H184">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I184">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J184">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K184" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L184" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="M184" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N184" t="s">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="O184" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>105556</v>
+        <v>128051</v>
       </c>
       <c r="B185" t="s">
         <v>15</v>
       </c>
       <c r="C185" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
       <c r="D185" t="s">
-        <v>341</v>
+        <v>187</v>
       </c>
       <c r="E185" t="s">
         <v>18</v>
       </c>
       <c r="F185" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G185" t="s">
         <v>20</v>
       </c>
       <c r="H185">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I185">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="J185">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K185" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L185" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="M185" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N185" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="O185" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>105557</v>
+        <v>128052</v>
       </c>
       <c r="B186" t="s">
         <v>15</v>
       </c>
       <c r="C186" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
       <c r="D186" t="s">
-        <v>255</v>
+        <v>591</v>
       </c>
       <c r="E186" t="s">
         <v>18</v>
       </c>
       <c r="F186" t="s">
+        <v>582</v>
+      </c>
+      <c r="G186" t="s">
+        <v>20</v>
+      </c>
+      <c r="H186">
+        <v>7</v>
+      </c>
+      <c r="I186">
+        <v>5</v>
+      </c>
+      <c r="J186">
+        <v>4</v>
+      </c>
+      <c r="K186" t="s">
+        <v>38</v>
+      </c>
+      <c r="L186" t="s">
+        <v>81</v>
+      </c>
+      <c r="M186" t="s">
+        <v>38</v>
+      </c>
+      <c r="N186" t="s">
+        <v>283</v>
+      </c>
+      <c r="O186" t="s">
         <v>592</v>
-      </c>
-[...25 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>105558</v>
+        <v>128053</v>
       </c>
       <c r="B187" t="s">
         <v>15</v>
       </c>
       <c r="C187" t="s">
-        <v>612</v>
+        <v>593</v>
       </c>
       <c r="D187" t="s">
-        <v>613</v>
+        <v>594</v>
       </c>
       <c r="E187" t="s">
         <v>18</v>
       </c>
       <c r="F187" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G187" t="s">
         <v>20</v>
       </c>
       <c r="H187">
+        <v>7</v>
+      </c>
+      <c r="I187">
+        <v>6</v>
+      </c>
+      <c r="J187">
         <v>4</v>
       </c>
-      <c r="I187">
-[...4 lines deleted...]
-      </c>
       <c r="K187" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L187" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="M187" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N187" t="s">
-        <v>334</v>
+        <v>162</v>
       </c>
       <c r="O187" t="s">
-        <v>614</v>
+        <v>595</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>105559</v>
+        <v>128054</v>
       </c>
       <c r="B188" t="s">
         <v>15</v>
       </c>
       <c r="C188" t="s">
-        <v>615</v>
+        <v>596</v>
       </c>
       <c r="D188" t="s">
-        <v>616</v>
+        <v>133</v>
       </c>
       <c r="E188" t="s">
         <v>18</v>
       </c>
       <c r="F188" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G188" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H188">
+        <v>7</v>
+      </c>
+      <c r="I188">
+        <v>7</v>
+      </c>
+      <c r="J188">
         <v>4</v>
       </c>
-      <c r="I188">
-[...4 lines deleted...]
-      </c>
       <c r="K188" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L188" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="M188" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N188" t="s">
-        <v>325</v>
+        <v>134</v>
       </c>
       <c r="O188" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>105560</v>
+        <v>128055</v>
       </c>
       <c r="B189" t="s">
         <v>15</v>
       </c>
       <c r="C189" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="D189" t="s">
-        <v>619</v>
+        <v>250</v>
       </c>
       <c r="E189" t="s">
         <v>18</v>
       </c>
       <c r="F189" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G189" t="s">
         <v>20</v>
       </c>
       <c r="H189">
         <v>4</v>
       </c>
       <c r="I189">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J189">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K189" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L189" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M189" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N189" t="s">
-        <v>198</v>
+        <v>115</v>
       </c>
       <c r="O189" t="s">
-        <v>620</v>
+        <v>599</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>105561</v>
+        <v>128056</v>
       </c>
       <c r="B190" t="s">
         <v>15</v>
       </c>
       <c r="C190" t="s">
-        <v>621</v>
+        <v>600</v>
       </c>
       <c r="D190" t="s">
-        <v>622</v>
+        <v>253</v>
       </c>
       <c r="E190" t="s">
         <v>18</v>
       </c>
       <c r="F190" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G190" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H190">
         <v>4</v>
       </c>
       <c r="I190">
+        <v>2</v>
+      </c>
+      <c r="J190">
         <v>4</v>
       </c>
-      <c r="J190">
-[...1 lines deleted...]
-      </c>
       <c r="K190" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L190" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M190" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N190" t="s">
-        <v>321</v>
+        <v>199</v>
       </c>
       <c r="O190" t="s">
-        <v>623</v>
+        <v>601</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>105562</v>
+        <v>128057</v>
       </c>
       <c r="B191" t="s">
         <v>15</v>
       </c>
       <c r="C191" t="s">
-        <v>624</v>
+        <v>602</v>
       </c>
       <c r="D191" t="s">
-        <v>167</v>
+        <v>229</v>
       </c>
       <c r="E191" t="s">
         <v>18</v>
       </c>
       <c r="F191" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="G191" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H191">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I191">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J191">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K191" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="L191" t="s">
         <v>22</v>
       </c>
       <c r="M191" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="N191" t="s">
-        <v>169</v>
+        <v>230</v>
       </c>
       <c r="O191" t="s">
-        <v>625</v>
+        <v>603</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>105563</v>
+        <v>128058</v>
       </c>
       <c r="B192" t="s">
         <v>15</v>
       </c>
       <c r="C192" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="D192" t="s">
-        <v>235</v>
+        <v>184</v>
       </c>
       <c r="E192" t="s">
-        <v>627</v>
+        <v>18</v>
       </c>
       <c r="F192" t="s">
-        <v>628</v>
+        <v>582</v>
       </c>
       <c r="G192" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H192">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I192">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J192">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K192" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L192" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="M192" t="s">
         <v>21</v>
       </c>
       <c r="N192" t="s">
-        <v>236</v>
+        <v>111</v>
       </c>
       <c r="O192" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>105564</v>
+        <v>128059</v>
       </c>
       <c r="B193" t="s">
         <v>15</v>
       </c>
       <c r="C193" t="s">
-        <v>630</v>
+        <v>606</v>
       </c>
       <c r="D193" t="s">
-        <v>235</v>
+        <v>607</v>
       </c>
       <c r="E193" t="s">
         <v>18</v>
       </c>
       <c r="F193" t="s">
-        <v>628</v>
+        <v>582</v>
       </c>
       <c r="G193" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H193">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I193">
         <v>1</v>
       </c>
       <c r="J193">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K193" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L193" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M193" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N193" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="O193" t="s">
-        <v>631</v>
+        <v>608</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>105565</v>
+        <v>128080</v>
       </c>
       <c r="B194" t="s">
         <v>15</v>
       </c>
       <c r="C194" t="s">
-        <v>632</v>
+        <v>609</v>
       </c>
       <c r="D194" t="s">
-        <v>239</v>
+        <v>411</v>
       </c>
       <c r="E194" t="s">
         <v>18</v>
       </c>
       <c r="F194" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="G194" t="s">
         <v>20</v>
       </c>
       <c r="H194">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I194">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J194">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K194" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L194" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M194" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N194" t="s">
-        <v>240</v>
+        <v>86</v>
       </c>
       <c r="O194" t="s">
-        <v>633</v>
+        <v>611</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>105566</v>
+        <v>128081</v>
       </c>
       <c r="B195" t="s">
         <v>15</v>
       </c>
       <c r="C195" t="s">
-        <v>634</v>
+        <v>612</v>
       </c>
       <c r="D195" t="s">
-        <v>208</v>
+        <v>399</v>
       </c>
       <c r="E195" t="s">
         <v>18</v>
       </c>
       <c r="F195" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="G195" t="s">
         <v>20</v>
       </c>
       <c r="H195">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I195">
+        <v>2</v>
+      </c>
+      <c r="J195">
         <v>3</v>
       </c>
-      <c r="J195">
-[...1 lines deleted...]
-      </c>
       <c r="K195" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L195" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M195" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N195" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="O195" t="s">
-        <v>635</v>
+        <v>613</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>105567</v>
+        <v>128082</v>
       </c>
       <c r="B196" t="s">
         <v>15</v>
       </c>
       <c r="C196" t="s">
-        <v>636</v>
+        <v>614</v>
       </c>
       <c r="D196" t="s">
-        <v>204</v>
+        <v>615</v>
       </c>
       <c r="E196" t="s">
         <v>18</v>
       </c>
       <c r="F196" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="G196" t="s">
         <v>20</v>
       </c>
       <c r="H196">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I196">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J196">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K196" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L196" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M196" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N196" t="s">
-        <v>205</v>
+        <v>111</v>
       </c>
       <c r="O196" t="s">
-        <v>637</v>
+        <v>616</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>105568</v>
+        <v>128083</v>
       </c>
       <c r="B197" t="s">
         <v>15</v>
       </c>
       <c r="C197" t="s">
-        <v>638</v>
+        <v>617</v>
       </c>
       <c r="D197" t="s">
-        <v>159</v>
+        <v>618</v>
       </c>
       <c r="E197" t="s">
         <v>18</v>
       </c>
       <c r="F197" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="G197" t="s">
         <v>20</v>
       </c>
       <c r="H197">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I197">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K197" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L197" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M197" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N197" t="s">
-        <v>161</v>
+        <v>188</v>
       </c>
       <c r="O197" t="s">
-        <v>639</v>
+        <v>620</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>105569</v>
+        <v>128084</v>
       </c>
       <c r="B198" t="s">
         <v>15</v>
       </c>
       <c r="C198" t="s">
-        <v>640</v>
+        <v>621</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>622</v>
       </c>
       <c r="E198" t="s">
         <v>18</v>
       </c>
       <c r="F198" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="G198" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H198">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I198">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J198">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K198" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L198" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="M198" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N198" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="O198" t="s">
-        <v>641</v>
+        <v>623</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>105570</v>
+        <v>128085</v>
       </c>
       <c r="B199" t="s">
         <v>15</v>
       </c>
       <c r="C199" t="s">
-        <v>642</v>
+        <v>624</v>
       </c>
       <c r="D199" t="s">
-        <v>146</v>
+        <v>625</v>
       </c>
       <c r="E199" t="s">
         <v>18</v>
       </c>
       <c r="F199" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="G199" t="s">
         <v>20</v>
       </c>
       <c r="H199">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I199">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J199">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K199" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L199" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M199" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N199" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="O199" t="s">
-        <v>643</v>
+        <v>626</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>105571</v>
+        <v>128086</v>
       </c>
       <c r="B200" t="s">
         <v>15</v>
       </c>
       <c r="C200" t="s">
-        <v>644</v>
+        <v>627</v>
       </c>
       <c r="D200" t="s">
-        <v>41</v>
+        <v>628</v>
       </c>
       <c r="E200" t="s">
         <v>18</v>
       </c>
       <c r="F200" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="G200" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H200">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I200">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J200">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K200" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L200" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="M200" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N200" t="s">
-        <v>43</v>
+        <v>233</v>
       </c>
       <c r="O200" t="s">
-        <v>645</v>
+        <v>629</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>105572</v>
+        <v>128087</v>
       </c>
       <c r="B201" t="s">
         <v>15</v>
       </c>
       <c r="C201" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="D201" t="s">
-        <v>46</v>
+        <v>631</v>
       </c>
       <c r="E201" t="s">
         <v>18</v>
       </c>
       <c r="F201" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="G201" t="s">
         <v>20</v>
       </c>
       <c r="H201">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I201">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J201">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K201" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L201" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="M201" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N201" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="O201" t="s">
-        <v>647</v>
+        <v>633</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>105573</v>
+        <v>128088</v>
       </c>
       <c r="B202" t="s">
         <v>15</v>
       </c>
       <c r="C202" t="s">
-        <v>648</v>
+        <v>634</v>
       </c>
       <c r="D202" t="s">
-        <v>26</v>
+        <v>635</v>
       </c>
       <c r="E202" t="s">
         <v>18</v>
       </c>
       <c r="F202" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="G202" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H202">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I202">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J202">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K202" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L202" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="M202" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N202" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="O202" t="s">
-        <v>649</v>
+        <v>636</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>105574</v>
+        <v>128089</v>
       </c>
       <c r="B203" t="s">
         <v>15</v>
       </c>
       <c r="C203" t="s">
-        <v>650</v>
+        <v>637</v>
       </c>
       <c r="D203" t="s">
-        <v>31</v>
+        <v>389</v>
       </c>
       <c r="E203" t="s">
         <v>18</v>
       </c>
       <c r="F203" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="G203" t="s">
         <v>20</v>
       </c>
       <c r="H203">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I203">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J203">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K203" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L203" t="s">
-        <v>143</v>
+        <v>33</v>
       </c>
       <c r="M203" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N203" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O203" t="s">
-        <v>651</v>
+        <v>638</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>105575</v>
+        <v>128090</v>
       </c>
       <c r="B204" t="s">
         <v>15</v>
       </c>
       <c r="C204" t="s">
-        <v>652</v>
+        <v>639</v>
       </c>
       <c r="D204" t="s">
-        <v>51</v>
+        <v>373</v>
       </c>
       <c r="E204" t="s">
         <v>18</v>
       </c>
       <c r="F204" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="G204" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H204">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I204">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="J204">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K204" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L204" t="s">
-        <v>147</v>
+        <v>27</v>
       </c>
       <c r="M204" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N204" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="O204" t="s">
-        <v>653</v>
+        <v>640</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>105576</v>
+        <v>128091</v>
       </c>
       <c r="B205" t="s">
         <v>15</v>
       </c>
       <c r="C205" t="s">
-        <v>654</v>
+        <v>641</v>
       </c>
       <c r="D205" t="s">
-        <v>201</v>
+        <v>392</v>
       </c>
       <c r="E205" t="s">
         <v>18</v>
       </c>
       <c r="F205" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="G205" t="s">
         <v>20</v>
       </c>
       <c r="H205">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I205">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="J205">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K205" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L205" t="s">
-        <v>152</v>
+        <v>33</v>
       </c>
       <c r="M205" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N205" t="s">
-        <v>63</v>
+        <v>86</v>
       </c>
       <c r="O205" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>105577</v>
+        <v>128092</v>
       </c>
       <c r="B206" t="s">
         <v>15</v>
       </c>
       <c r="C206" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="D206" t="s">
-        <v>196</v>
+        <v>377</v>
       </c>
       <c r="E206" t="s">
         <v>18</v>
       </c>
       <c r="F206" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="G206" t="s">
         <v>20</v>
       </c>
       <c r="H206">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I206">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="J206">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K206" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L206" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="M206" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N206" t="s">
-        <v>198</v>
+        <v>111</v>
       </c>
       <c r="O206" t="s">
-        <v>657</v>
+        <v>645</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>105578</v>
+        <v>128093</v>
       </c>
       <c r="B207" t="s">
         <v>15</v>
       </c>
       <c r="C207" t="s">
-        <v>658</v>
+        <v>646</v>
       </c>
       <c r="D207" t="s">
-        <v>231</v>
+        <v>380</v>
       </c>
       <c r="E207" t="s">
         <v>18</v>
       </c>
       <c r="F207" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="G207" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H207">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I207">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="J207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K207" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L207" t="s">
-        <v>160</v>
+        <v>22</v>
       </c>
       <c r="M207" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N207" t="s">
-        <v>232</v>
+        <v>90</v>
       </c>
       <c r="O207" t="s">
-        <v>659</v>
+        <v>647</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>105579</v>
+        <v>128094</v>
       </c>
       <c r="B208" t="s">
         <v>15</v>
       </c>
       <c r="C208" t="s">
-        <v>626</v>
+        <v>648</v>
       </c>
       <c r="D208" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="E208" t="s">
         <v>18</v>
       </c>
       <c r="F208" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="G208" t="s">
         <v>20</v>
       </c>
       <c r="H208">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I208">
         <v>1</v>
       </c>
       <c r="J208">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K208" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L208" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M208" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N208" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="O208" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>105580</v>
+        <v>128095</v>
       </c>
       <c r="B209" t="s">
         <v>15</v>
       </c>
       <c r="C209" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="D209" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="E209" t="s">
         <v>18</v>
       </c>
       <c r="F209" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="G209" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H209">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I209">
         <v>2</v>
       </c>
       <c r="J209">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K209" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L209" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M209" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N209" t="s">
-        <v>133</v>
+        <v>86</v>
       </c>
       <c r="O209" t="s">
-        <v>664</v>
+        <v>653</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>105581</v>
+        <v>128096</v>
       </c>
       <c r="B210" t="s">
         <v>15</v>
       </c>
       <c r="C210" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="D210" t="s">
-        <v>666</v>
+        <v>395</v>
       </c>
       <c r="E210" t="s">
         <v>18</v>
       </c>
       <c r="F210" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="G210" t="s">
         <v>20</v>
       </c>
       <c r="H210">
         <v>5</v>
       </c>
       <c r="I210">
         <v>3</v>
       </c>
       <c r="J210">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K210" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L210" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M210" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N210" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="O210" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>105582</v>
+        <v>128097</v>
       </c>
       <c r="B211" t="s">
         <v>15</v>
       </c>
       <c r="C211" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="D211" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="E211" t="s">
         <v>18</v>
       </c>
       <c r="F211" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="G211" t="s">
         <v>20</v>
       </c>
       <c r="H211">
         <v>5</v>
       </c>
       <c r="I211">
         <v>4</v>
       </c>
       <c r="J211">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K211" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L211" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M211" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N211" t="s">
-        <v>295</v>
+        <v>90</v>
       </c>
       <c r="O211" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>105583</v>
+        <v>128098</v>
       </c>
       <c r="B212" t="s">
         <v>15</v>
       </c>
       <c r="C212" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="D212" t="s">
-        <v>672</v>
+        <v>405</v>
       </c>
       <c r="E212" t="s">
         <v>18</v>
       </c>
       <c r="F212" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="G212" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H212">
         <v>5</v>
       </c>
       <c r="I212">
         <v>5</v>
       </c>
       <c r="J212">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K212" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L212" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M212" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N212" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="O212" t="s">
-        <v>673</v>
+        <v>660</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>105584</v>
+        <v>128099</v>
       </c>
       <c r="B213" t="s">
         <v>15</v>
       </c>
       <c r="C213" t="s">
-        <v>674</v>
+        <v>661</v>
       </c>
       <c r="D213" t="s">
-        <v>128</v>
+        <v>662</v>
       </c>
       <c r="E213" t="s">
         <v>18</v>
       </c>
       <c r="F213" t="s">
-        <v>675</v>
+        <v>610</v>
       </c>
       <c r="G213" t="s">
         <v>20</v>
       </c>
       <c r="H213">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="I213">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J213">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K213" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L213" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M213" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N213" t="s">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="O213" t="s">
-        <v>676</v>
+        <v>663</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>105585</v>
+        <v>128100</v>
       </c>
       <c r="B214" t="s">
         <v>15</v>
       </c>
       <c r="C214" t="s">
-        <v>677</v>
+        <v>664</v>
       </c>
       <c r="D214" t="s">
-        <v>341</v>
+        <v>665</v>
       </c>
       <c r="E214" t="s">
         <v>18</v>
       </c>
       <c r="F214" t="s">
-        <v>675</v>
+        <v>610</v>
       </c>
       <c r="G214" t="s">
         <v>20</v>
       </c>
       <c r="H214">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="I214">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J214">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K214" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L214" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M214" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N214" t="s">
-        <v>169</v>
+        <v>47</v>
       </c>
       <c r="O214" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>105586</v>
+        <v>128101</v>
       </c>
       <c r="B215" t="s">
         <v>15</v>
       </c>
       <c r="C215" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="D215" t="s">
-        <v>328</v>
+        <v>615</v>
       </c>
       <c r="E215" t="s">
         <v>18</v>
       </c>
       <c r="F215" t="s">
-        <v>675</v>
+        <v>610</v>
       </c>
       <c r="G215" t="s">
         <v>20</v>
       </c>
       <c r="H215">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="I215">
+        <v>4</v>
+      </c>
+      <c r="J215">
         <v>3</v>
       </c>
-      <c r="J215">
-[...1 lines deleted...]
-      </c>
       <c r="K215" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L215" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="M215" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N215" t="s">
-        <v>279</v>
+        <v>111</v>
       </c>
       <c r="O215" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>105587</v>
+        <v>128102</v>
       </c>
       <c r="B216" t="s">
         <v>15</v>
       </c>
       <c r="C216" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="D216" t="s">
-        <v>136</v>
+        <v>670</v>
       </c>
       <c r="E216" t="s">
         <v>18</v>
       </c>
       <c r="F216" t="s">
-        <v>675</v>
+        <v>610</v>
       </c>
       <c r="G216" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H216">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="I216">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J216">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K216" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L216" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M216" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N216" t="s">
-        <v>137</v>
+        <v>90</v>
       </c>
       <c r="O216" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>105588</v>
+        <v>128189</v>
       </c>
       <c r="B217" t="s">
         <v>15</v>
       </c>
       <c r="C217" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="D217" t="s">
-        <v>333</v>
+        <v>383</v>
       </c>
       <c r="E217" t="s">
         <v>18</v>
       </c>
       <c r="F217" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="G217" t="s">
         <v>20</v>
       </c>
       <c r="H217">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I217">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J217">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K217" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L217" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M217" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N217" t="s">
-        <v>334</v>
+        <v>199</v>
       </c>
       <c r="O217" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>105589</v>
+        <v>128190</v>
       </c>
       <c r="B218" t="s">
         <v>15</v>
       </c>
       <c r="C218" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
       <c r="D218" t="s">
-        <v>146</v>
+        <v>386</v>
       </c>
       <c r="E218" t="s">
         <v>18</v>
       </c>
       <c r="F218" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="G218" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H218">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I218">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J218">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K218" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L218" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="M218" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N218" t="s">
-        <v>148</v>
+        <v>230</v>
       </c>
       <c r="O218" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>105590</v>
+        <v>128191</v>
       </c>
       <c r="B219" t="s">
         <v>15</v>
       </c>
       <c r="C219" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="D219" t="s">
-        <v>354</v>
+        <v>678</v>
       </c>
       <c r="E219" t="s">
         <v>18</v>
       </c>
       <c r="F219" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="G219" t="s">
         <v>20</v>
       </c>
       <c r="H219">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I219">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J219">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K219" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L219" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M219" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N219" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="O219" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>105591</v>
+        <v>128192</v>
       </c>
       <c r="B220" t="s">
         <v>15</v>
       </c>
       <c r="C220" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="D220" t="s">
-        <v>344</v>
+        <v>682</v>
       </c>
       <c r="E220" t="s">
         <v>18</v>
       </c>
       <c r="F220" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="G220" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H220">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I220">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J220">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K220" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L220" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="M220" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N220" t="s">
-        <v>58</v>
+        <v>274</v>
       </c>
       <c r="O220" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>105592</v>
+        <v>128193</v>
       </c>
       <c r="B221" t="s">
         <v>15</v>
       </c>
       <c r="C221" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="D221" t="s">
-        <v>347</v>
+        <v>685</v>
       </c>
       <c r="E221" t="s">
         <v>18</v>
       </c>
       <c r="F221" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="G221" t="s">
         <v>20</v>
       </c>
       <c r="H221">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I221">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J221">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K221" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L221" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="M221" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N221" t="s">
-        <v>348</v>
+        <v>233</v>
       </c>
       <c r="O221" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>105593</v>
+        <v>128194</v>
       </c>
       <c r="B222" t="s">
         <v>15</v>
       </c>
       <c r="C222" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="D222" t="s">
-        <v>132</v>
+        <v>689</v>
       </c>
       <c r="E222" t="s">
         <v>18</v>
       </c>
       <c r="F222" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="G222" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H222">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I222">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J222">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K222" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L222" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="M222" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N222" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="O222" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>105594</v>
+        <v>128195</v>
       </c>
       <c r="B223" t="s">
         <v>15</v>
       </c>
       <c r="C223" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="D223" t="s">
-        <v>324</v>
+        <v>367</v>
       </c>
       <c r="E223" t="s">
         <v>18</v>
       </c>
       <c r="F223" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="G223" t="s">
         <v>20</v>
       </c>
       <c r="H223">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I223">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J223">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K223" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L223" t="s">
-        <v>143</v>
+        <v>33</v>
       </c>
       <c r="M223" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N223" t="s">
-        <v>325</v>
+        <v>192</v>
       </c>
       <c r="O223" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>105595</v>
+        <v>128196</v>
       </c>
       <c r="B224" t="s">
         <v>15</v>
       </c>
       <c r="C224" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="D224" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
       <c r="E224" t="s">
         <v>18</v>
       </c>
       <c r="F224" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="G224" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H224">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I224">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="J224">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K224" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L224" t="s">
-        <v>147</v>
+        <v>27</v>
       </c>
       <c r="M224" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N224" t="s">
-        <v>321</v>
+        <v>188</v>
       </c>
       <c r="O224" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>105596</v>
+        <v>128197</v>
       </c>
       <c r="B225" t="s">
         <v>15</v>
       </c>
       <c r="C225" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="D225" t="s">
-        <v>114</v>
+        <v>345</v>
       </c>
       <c r="E225" t="s">
         <v>18</v>
       </c>
       <c r="F225" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="G225" t="s">
         <v>20</v>
       </c>
       <c r="H225">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I225">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="J225">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K225" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L225" t="s">
-        <v>152</v>
+        <v>33</v>
       </c>
       <c r="M225" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N225" t="s">
         <v>115</v>
       </c>
       <c r="O225" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>105597</v>
+        <v>128198</v>
       </c>
       <c r="B226" t="s">
         <v>15</v>
       </c>
       <c r="C226" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D226" t="s">
-        <v>151</v>
+        <v>357</v>
       </c>
       <c r="E226" t="s">
         <v>18</v>
       </c>
       <c r="F226" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="G226" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H226">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I226">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="J226">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K226" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L226" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="M226" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N226" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="O226" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>105598</v>
+        <v>128199</v>
       </c>
       <c r="B227" t="s">
         <v>15</v>
       </c>
       <c r="C227" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="D227" t="s">
-        <v>118</v>
+        <v>353</v>
       </c>
       <c r="E227" t="s">
         <v>18</v>
       </c>
       <c r="F227" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="G227" t="s">
         <v>20</v>
       </c>
       <c r="H227">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I227">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="J227">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K227" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L227" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="M227" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N227" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="O227" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>105599</v>
+        <v>128200</v>
       </c>
       <c r="B228" t="s">
         <v>15</v>
       </c>
       <c r="C228" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="D228" t="s">
-        <v>46</v>
+        <v>350</v>
       </c>
       <c r="E228" t="s">
         <v>18</v>
       </c>
       <c r="F228" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="G228" t="s">
         <v>20</v>
       </c>
       <c r="H228">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I228">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J228">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K228" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L228" t="s">
-        <v>256</v>
+        <v>33</v>
       </c>
       <c r="M228" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N228" t="s">
-        <v>48</v>
+        <v>199</v>
       </c>
       <c r="O228" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>105600</v>
+        <v>128201</v>
       </c>
       <c r="B229" t="s">
         <v>15</v>
       </c>
       <c r="C229" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="D229" t="s">
-        <v>51</v>
+        <v>704</v>
       </c>
       <c r="E229" t="s">
         <v>18</v>
       </c>
       <c r="F229" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="G229" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H229">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I229">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="J229">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K229" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L229" t="s">
-        <v>708</v>
+        <v>22</v>
       </c>
       <c r="M229" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N229" t="s">
-        <v>53</v>
+        <v>147</v>
       </c>
       <c r="O229" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>105601</v>
+        <v>128202</v>
       </c>
       <c r="B230" t="s">
         <v>15</v>
       </c>
       <c r="C230" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="D230" t="s">
-        <v>711</v>
+        <v>303</v>
       </c>
       <c r="E230" t="s">
         <v>18</v>
       </c>
       <c r="F230" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="G230" t="s">
         <v>20</v>
       </c>
       <c r="H230">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I230">
         <v>1</v>
       </c>
       <c r="J230">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K230" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L230" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M230" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N230" t="s">
-        <v>169</v>
+        <v>261</v>
       </c>
       <c r="O230" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>105602</v>
+        <v>128203</v>
       </c>
       <c r="B231" t="s">
         <v>15</v>
       </c>
       <c r="C231" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="D231" t="s">
-        <v>56</v>
+        <v>314</v>
       </c>
       <c r="E231" t="s">
         <v>18</v>
       </c>
       <c r="F231" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="G231" t="s">
         <v>20</v>
       </c>
       <c r="H231">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I231">
         <v>2</v>
       </c>
       <c r="J231">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K231" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L231" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M231" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N231" t="s">
-        <v>58</v>
+        <v>257</v>
       </c>
       <c r="O231" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>105603</v>
+        <v>128204</v>
       </c>
       <c r="B232" t="s">
         <v>15</v>
       </c>
       <c r="C232" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="D232" t="s">
-        <v>716</v>
+        <v>317</v>
       </c>
       <c r="E232" t="s">
         <v>18</v>
       </c>
       <c r="F232" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="G232" t="s">
         <v>20</v>
       </c>
       <c r="H232">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I232">
         <v>3</v>
       </c>
       <c r="J232">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K232" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L232" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M232" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N232" t="s">
-        <v>173</v>
+        <v>247</v>
       </c>
       <c r="O232" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>105604</v>
+        <v>128205</v>
       </c>
       <c r="B233" t="s">
         <v>15</v>
       </c>
       <c r="C233" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="D233" t="s">
-        <v>719</v>
+        <v>308</v>
       </c>
       <c r="E233" t="s">
         <v>18</v>
       </c>
       <c r="F233" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="G233" t="s">
         <v>20</v>
       </c>
       <c r="H233">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I233">
         <v>4</v>
       </c>
       <c r="J233">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K233" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L233" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M233" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N233" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="O233" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>105605</v>
+        <v>128206</v>
       </c>
       <c r="B234" t="s">
         <v>15</v>
       </c>
       <c r="C234" t="s">
-        <v>721</v>
+        <v>715</v>
       </c>
       <c r="D234" t="s">
-        <v>722</v>
+        <v>320</v>
       </c>
       <c r="E234" t="s">
         <v>18</v>
       </c>
       <c r="F234" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="G234" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H234">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I234">
         <v>5</v>
       </c>
       <c r="J234">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K234" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L234" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M234" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N234" t="s">
-        <v>348</v>
+        <v>192</v>
       </c>
       <c r="O234" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>105606</v>
+        <v>128207</v>
       </c>
       <c r="B235" t="s">
         <v>15</v>
       </c>
       <c r="C235" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="D235" t="s">
-        <v>172</v>
+        <v>311</v>
       </c>
       <c r="E235" t="s">
         <v>18</v>
       </c>
       <c r="F235" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="G235" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H235">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I235">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J235">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K235" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="L235" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="M235" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="N235" t="s">
-        <v>173</v>
+        <v>274</v>
       </c>
       <c r="O235" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>105607</v>
+        <v>128208</v>
       </c>
       <c r="B236" t="s">
         <v>15</v>
       </c>
       <c r="C236" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="D236" t="s">
-        <v>366</v>
+        <v>419</v>
       </c>
       <c r="E236" t="s">
         <v>18</v>
       </c>
       <c r="F236" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="G236" t="s">
         <v>20</v>
       </c>
       <c r="H236">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I236">
         <v>1</v>
       </c>
       <c r="J236">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K236" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L236" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M236" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N236" t="s">
-        <v>368</v>
+        <v>115</v>
       </c>
       <c r="O236" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>105608</v>
+        <v>128209</v>
       </c>
       <c r="B237" t="s">
         <v>15</v>
       </c>
       <c r="C237" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="D237" t="s">
-        <v>371</v>
+        <v>323</v>
       </c>
       <c r="E237" t="s">
         <v>18</v>
       </c>
       <c r="F237" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="G237" t="s">
         <v>20</v>
       </c>
       <c r="H237">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I237">
         <v>2</v>
       </c>
       <c r="J237">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K237" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L237" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M237" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N237" t="s">
-        <v>271</v>
+        <v>188</v>
       </c>
       <c r="O237" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>105609</v>
+        <v>128210</v>
       </c>
       <c r="B238" t="s">
         <v>15</v>
       </c>
       <c r="C238" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D238" t="s">
-        <v>216</v>
+        <v>422</v>
       </c>
       <c r="E238" t="s">
         <v>18</v>
       </c>
       <c r="F238" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="G238" t="s">
         <v>20</v>
       </c>
       <c r="H238">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I238">
         <v>3</v>
       </c>
       <c r="J238">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K238" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L238" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M238" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N238" t="s">
-        <v>100</v>
+        <v>199</v>
       </c>
       <c r="O238" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>105610</v>
+        <v>128211</v>
       </c>
       <c r="B239" t="s">
         <v>15</v>
       </c>
       <c r="C239" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="D239" t="s">
-        <v>298</v>
+        <v>425</v>
       </c>
       <c r="E239" t="s">
         <v>18</v>
       </c>
       <c r="F239" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="G239" t="s">
         <v>20</v>
       </c>
       <c r="H239">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I239">
         <v>4</v>
       </c>
       <c r="J239">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K239" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L239" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M239" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N239" t="s">
-        <v>291</v>
+        <v>230</v>
       </c>
       <c r="O239" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>105611</v>
+        <v>128212</v>
       </c>
       <c r="B240" t="s">
         <v>15</v>
       </c>
       <c r="C240" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="D240" t="s">
-        <v>311</v>
+        <v>428</v>
       </c>
       <c r="E240" t="s">
         <v>18</v>
       </c>
       <c r="F240" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="G240" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H240">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I240">
         <v>5</v>
       </c>
       <c r="J240">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K240" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L240" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M240" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N240" t="s">
-        <v>312</v>
+        <v>39</v>
       </c>
       <c r="O240" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>105612</v>
+        <v>128213</v>
       </c>
       <c r="B241" t="s">
         <v>15</v>
       </c>
       <c r="C241" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="D241" t="s">
-        <v>374</v>
+        <v>178</v>
       </c>
       <c r="E241" t="s">
         <v>18</v>
       </c>
       <c r="F241" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="G241" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H241">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I241">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J241">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K241" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L241" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M241" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N241" t="s">
-        <v>375</v>
+        <v>86</v>
       </c>
       <c r="O241" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>105613</v>
+        <v>128214</v>
       </c>
       <c r="B242" t="s">
         <v>15</v>
       </c>
       <c r="C242" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="D242" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="E242" t="s">
         <v>18</v>
       </c>
       <c r="F242" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="G242" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H242">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I242">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J242">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K242" t="s">
         <v>21</v>
       </c>
       <c r="L242" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M242" t="s">
         <v>21</v>
       </c>
       <c r="N242" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="O242" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>105614</v>
+        <v>128215</v>
       </c>
       <c r="B243" t="s">
         <v>15</v>
       </c>
       <c r="C243" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="D243" t="s">
-        <v>81</v>
+        <v>191</v>
       </c>
       <c r="E243" t="s">
         <v>18</v>
       </c>
       <c r="F243" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="G243" t="s">
         <v>20</v>
       </c>
       <c r="H243">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I243">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J243">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K243" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L243" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="M243" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N243" t="s">
-        <v>82</v>
+        <v>192</v>
       </c>
       <c r="O243" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>105615</v>
+        <v>128216</v>
       </c>
       <c r="B244" t="s">
         <v>15</v>
       </c>
       <c r="C244" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="D244" t="s">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="E244" t="s">
         <v>18</v>
       </c>
       <c r="F244" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="G244" t="s">
         <v>20</v>
       </c>
       <c r="H244">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I244">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="J244">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K244" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L244" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="M244" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N244" t="s">
-        <v>78</v>
+        <v>247</v>
       </c>
       <c r="O244" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>105616</v>
+        <v>128217</v>
       </c>
       <c r="B245" t="s">
         <v>15</v>
       </c>
       <c r="C245" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="D245" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="E245" t="s">
         <v>18</v>
       </c>
       <c r="F245" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="G245" t="s">
         <v>20</v>
       </c>
       <c r="H245">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I245">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="J245">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K245" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L245" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="M245" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N245" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="O245" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>105617</v>
+        <v>128218</v>
       </c>
       <c r="B246" t="s">
         <v>15</v>
       </c>
       <c r="C246" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="D246" t="s">
-        <v>190</v>
+        <v>256</v>
       </c>
       <c r="E246" t="s">
         <v>18</v>
       </c>
       <c r="F246" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="G246" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H246">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I246">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="J246">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K246" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L246" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="M246" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N246" t="s">
-        <v>108</v>
+        <v>257</v>
       </c>
       <c r="O246" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>105618</v>
+        <v>128219</v>
       </c>
       <c r="B247" t="s">
         <v>15</v>
       </c>
       <c r="C247" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="D247" t="s">
-        <v>407</v>
+        <v>743</v>
       </c>
       <c r="E247" t="s">
         <v>18</v>
       </c>
       <c r="F247" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G247" t="s">
         <v>20</v>
       </c>
       <c r="H247">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I247">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J247">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K247" t="s">
         <v>21</v>
       </c>
       <c r="L247" t="s">
-        <v>147</v>
+        <v>81</v>
       </c>
       <c r="M247" t="s">
         <v>21</v>
       </c>
       <c r="N247" t="s">
-        <v>408</v>
+        <v>105</v>
       </c>
       <c r="O247" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>105619</v>
+        <v>128220</v>
       </c>
       <c r="B248" t="s">
         <v>15</v>
       </c>
       <c r="C248" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="D248" t="s">
-        <v>298</v>
+        <v>31</v>
       </c>
       <c r="E248" t="s">
         <v>18</v>
       </c>
       <c r="F248" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G248" t="s">
         <v>20</v>
       </c>
       <c r="H248">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I248">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="J248">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K248" t="s">
         <v>21</v>
       </c>
       <c r="L248" t="s">
-        <v>152</v>
+        <v>76</v>
       </c>
       <c r="M248" t="s">
         <v>21</v>
       </c>
       <c r="N248" t="s">
-        <v>291</v>
+        <v>34</v>
       </c>
       <c r="O248" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>105620</v>
+        <v>128221</v>
       </c>
       <c r="B249" t="s">
         <v>15</v>
       </c>
       <c r="C249" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="D249" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="E249" t="s">
         <v>18</v>
       </c>
       <c r="F249" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G249" t="s">
         <v>20</v>
       </c>
       <c r="H249">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I249">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="J249">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K249" t="s">
         <v>21</v>
       </c>
       <c r="L249" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="M249" t="s">
         <v>21</v>
       </c>
       <c r="N249" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="O249" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>105621</v>
+        <v>128222</v>
       </c>
       <c r="B250" t="s">
         <v>15</v>
       </c>
       <c r="C250" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="D250" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="E250" t="s">
         <v>18</v>
       </c>
       <c r="F250" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G250" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H250">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I250">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="J250">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K250" t="s">
         <v>21</v>
       </c>
       <c r="L250" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="M250" t="s">
         <v>21</v>
       </c>
       <c r="N250" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="O250" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>105622</v>
+        <v>128223</v>
       </c>
       <c r="B251" t="s">
         <v>15</v>
       </c>
       <c r="C251" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="D251" t="s">
-        <v>278</v>
+        <v>75</v>
       </c>
       <c r="E251" t="s">
         <v>18</v>
       </c>
       <c r="F251" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G251" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H251">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I251">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J251">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K251" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="L251" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M251" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="N251" t="s">
-        <v>279</v>
+        <v>77</v>
       </c>
       <c r="O251" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>105623</v>
+        <v>128224</v>
       </c>
       <c r="B252" t="s">
         <v>15</v>
       </c>
       <c r="C252" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="D252" t="s">
-        <v>267</v>
+        <v>755</v>
       </c>
       <c r="E252" t="s">
         <v>18</v>
       </c>
       <c r="F252" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G252" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H252">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I252">
         <v>1</v>
       </c>
       <c r="J252">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K252" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="L252" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M252" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="N252" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="O252" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>105624</v>
+        <v>128225</v>
       </c>
       <c r="B253" t="s">
         <v>15</v>
       </c>
       <c r="C253" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="D253" t="s">
-        <v>107</v>
+        <v>758</v>
       </c>
       <c r="E253" t="s">
         <v>18</v>
       </c>
       <c r="F253" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G253" t="s">
         <v>20</v>
       </c>
       <c r="H253">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I253">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J253">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K253" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L253" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M253" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N253" t="s">
-        <v>108</v>
+        <v>759</v>
       </c>
       <c r="O253" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>105625</v>
+        <v>128226</v>
       </c>
       <c r="B254" t="s">
         <v>15</v>
       </c>
       <c r="C254" t="s">
+        <v>761</v>
+      </c>
+      <c r="D254" t="s">
+        <v>762</v>
+      </c>
+      <c r="E254" t="s">
+        <v>18</v>
+      </c>
+      <c r="F254" t="s">
+        <v>744</v>
+      </c>
+      <c r="G254" t="s">
+        <v>20</v>
+      </c>
+      <c r="H254">
+        <v>12</v>
+      </c>
+      <c r="I254">
+        <v>2</v>
+      </c>
+      <c r="J254">
+        <v>1</v>
+      </c>
+      <c r="K254" t="s">
+        <v>38</v>
+      </c>
+      <c r="L254" t="s">
+        <v>27</v>
+      </c>
+      <c r="M254" t="s">
+        <v>38</v>
+      </c>
+      <c r="N254" t="s">
         <v>763</v>
-      </c>
-[...31 lines deleted...]
-        <v>100</v>
       </c>
       <c r="O254" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>105626</v>
+        <v>128227</v>
       </c>
       <c r="B255" t="s">
         <v>15</v>
       </c>
       <c r="C255" t="s">
         <v>765</v>
       </c>
       <c r="D255" t="s">
-        <v>308</v>
+        <v>766</v>
       </c>
       <c r="E255" t="s">
         <v>18</v>
       </c>
       <c r="F255" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G255" t="s">
         <v>20</v>
       </c>
       <c r="H255">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I255">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J255">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K255" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L255" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M255" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N255" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="O255" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>105627</v>
+        <v>128228</v>
       </c>
       <c r="B256" t="s">
         <v>15</v>
       </c>
       <c r="C256" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D256" t="s">
-        <v>263</v>
+        <v>769</v>
       </c>
       <c r="E256" t="s">
         <v>18</v>
       </c>
       <c r="F256" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="G256" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H256">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I256">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J256">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K256" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L256" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M256" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N256" t="s">
-        <v>264</v>
+        <v>770</v>
       </c>
       <c r="O256" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>105628</v>
+        <v>128229</v>
       </c>
       <c r="B257" t="s">
         <v>15</v>
       </c>
       <c r="C257" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="D257" t="s">
-        <v>204</v>
+        <v>773</v>
       </c>
       <c r="E257" t="s">
         <v>18</v>
       </c>
       <c r="F257" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G257" t="s">
         <v>20</v>
       </c>
       <c r="H257">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I257">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J257">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K257" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L257" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M257" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N257" t="s">
-        <v>205</v>
+        <v>774</v>
       </c>
       <c r="O257" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>105629</v>
+        <v>128230</v>
       </c>
       <c r="B258" t="s">
         <v>15</v>
       </c>
       <c r="C258" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D258" t="s">
-        <v>201</v>
+        <v>777</v>
       </c>
       <c r="E258" t="s">
         <v>18</v>
       </c>
       <c r="F258" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G258" t="s">
         <v>20</v>
       </c>
       <c r="H258">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I258">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J258">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K258" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L258" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="M258" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N258" t="s">
-        <v>63</v>
+        <v>778</v>
       </c>
       <c r="O258" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>105630</v>
+        <v>128231</v>
       </c>
       <c r="B259" t="s">
         <v>15</v>
       </c>
       <c r="C259" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="D259" t="s">
-        <v>190</v>
+        <v>781</v>
       </c>
       <c r="E259" t="s">
         <v>18</v>
       </c>
       <c r="F259" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G259" t="s">
         <v>20</v>
       </c>
       <c r="H259">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I259">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J259">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K259" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L259" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="M259" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N259" t="s">
-        <v>108</v>
+        <v>782</v>
       </c>
       <c r="O259" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>105631</v>
+        <v>128232</v>
       </c>
       <c r="B260" t="s">
         <v>15</v>
       </c>
       <c r="C260" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="D260" t="s">
-        <v>243</v>
+        <v>785</v>
       </c>
       <c r="E260" t="s">
         <v>18</v>
       </c>
       <c r="F260" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G260" t="s">
         <v>20</v>
       </c>
       <c r="H260">
+        <v>12</v>
+      </c>
+      <c r="I260">
         <v>8</v>
       </c>
-      <c r="I260">
-[...1 lines deleted...]
-      </c>
       <c r="J260">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K260" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L260" t="s">
-        <v>37</v>
+        <v>104</v>
       </c>
       <c r="M260" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N260" t="s">
-        <v>244</v>
+        <v>786</v>
       </c>
       <c r="O260" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>105632</v>
+        <v>128233</v>
       </c>
       <c r="B261" t="s">
         <v>15</v>
       </c>
       <c r="C261" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="D261" t="s">
-        <v>31</v>
+        <v>789</v>
       </c>
       <c r="E261" t="s">
         <v>18</v>
       </c>
       <c r="F261" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G261" t="s">
         <v>20</v>
       </c>
       <c r="H261">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I261">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J261">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K261" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L261" t="s">
-        <v>42</v>
+        <v>137</v>
       </c>
       <c r="M261" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N261" t="s">
-        <v>33</v>
+        <v>790</v>
       </c>
       <c r="O261" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>105633</v>
+        <v>128234</v>
       </c>
       <c r="B262" t="s">
         <v>15</v>
       </c>
       <c r="C262" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="D262" t="s">
-        <v>26</v>
+        <v>793</v>
       </c>
       <c r="E262" t="s">
         <v>18</v>
       </c>
       <c r="F262" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G262" t="s">
         <v>20</v>
       </c>
       <c r="H262">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I262">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J262">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K262" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L262" t="s">
-        <v>47</v>
+        <v>140</v>
       </c>
       <c r="M262" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N262" t="s">
-        <v>28</v>
+        <v>794</v>
       </c>
       <c r="O262" t="s">
-        <v>781</v>
+        <v>795</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>105634</v>
+        <v>128235</v>
       </c>
       <c r="B263" t="s">
         <v>15</v>
       </c>
       <c r="C263" t="s">
-        <v>782</v>
+        <v>796</v>
       </c>
       <c r="D263" t="s">
-        <v>159</v>
+        <v>797</v>
       </c>
       <c r="E263" t="s">
         <v>18</v>
       </c>
       <c r="F263" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G263" t="s">
         <v>20</v>
       </c>
       <c r="H263">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I263">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J263">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K263" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L263" t="s">
-        <v>52</v>
+        <v>798</v>
       </c>
       <c r="M263" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N263" t="s">
-        <v>161</v>
+        <v>799</v>
       </c>
       <c r="O263" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>105635</v>
+        <v>128236</v>
       </c>
       <c r="B264" t="s">
         <v>15</v>
       </c>
       <c r="C264" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
       <c r="D264" t="s">
-        <v>17</v>
+        <v>802</v>
       </c>
       <c r="E264" t="s">
         <v>18</v>
       </c>
       <c r="F264" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
       <c r="G264" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H264">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I264">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J264">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K264" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L264" t="s">
-        <v>67</v>
+        <v>803</v>
       </c>
       <c r="M264" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N264" t="s">
-        <v>23</v>
+        <v>472</v>
       </c>
       <c r="O264" t="s">
-        <v>785</v>
+        <v>804</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>105636</v>
+        <v>128237</v>
       </c>
       <c r="B265" t="s">
         <v>15</v>
       </c>
       <c r="C265" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="D265" t="s">
-        <v>787</v>
+        <v>806</v>
       </c>
       <c r="E265" t="s">
         <v>18</v>
       </c>
       <c r="F265" t="s">
-        <v>770</v>
+        <v>807</v>
       </c>
       <c r="G265" t="s">
         <v>20</v>
       </c>
       <c r="H265">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I265">
         <v>1</v>
       </c>
       <c r="J265">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K265" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L265" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M265" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N265" t="s">
-        <v>232</v>
+        <v>111</v>
       </c>
       <c r="O265" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>105637</v>
+        <v>128238</v>
       </c>
       <c r="B266" t="s">
         <v>15</v>
       </c>
       <c r="C266" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="D266" t="s">
-        <v>790</v>
+        <v>806</v>
       </c>
       <c r="E266" t="s">
         <v>18</v>
       </c>
       <c r="F266" t="s">
-        <v>770</v>
+        <v>807</v>
       </c>
       <c r="G266" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H266">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I266">
         <v>2</v>
       </c>
       <c r="J266">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K266" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L266" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M266" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N266" t="s">
-        <v>279</v>
+        <v>111</v>
       </c>
       <c r="O266" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>105638</v>
+        <v>128239</v>
       </c>
       <c r="B267" t="s">
         <v>15</v>
       </c>
       <c r="C267" t="s">
-        <v>792</v>
+        <v>811</v>
       </c>
       <c r="D267" t="s">
-        <v>401</v>
+        <v>812</v>
       </c>
       <c r="E267" t="s">
         <v>18</v>
       </c>
       <c r="F267" t="s">
-        <v>770</v>
+        <v>807</v>
       </c>
       <c r="G267" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H267">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I267">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J267">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K267" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="L267" t="s">
         <v>22</v>
       </c>
       <c r="M267" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="N267" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="O267" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>105639</v>
+        <v>128240</v>
       </c>
       <c r="B268" t="s">
         <v>15</v>
       </c>
       <c r="C268" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="D268" t="s">
-        <v>613</v>
+        <v>657</v>
       </c>
       <c r="E268" t="s">
         <v>18</v>
       </c>
       <c r="F268" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="G268" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H268">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I268">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J268">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K268" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L268" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M268" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N268" t="s">
-        <v>334</v>
+        <v>90</v>
       </c>
       <c r="O268" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>105640</v>
+        <v>128241</v>
       </c>
       <c r="B269" t="s">
         <v>15</v>
       </c>
       <c r="C269" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
       <c r="D269" t="s">
-        <v>204</v>
+        <v>817</v>
       </c>
       <c r="E269" t="s">
         <v>18</v>
       </c>
       <c r="F269" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="G269" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H269">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I269">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J269">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K269" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L269" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M269" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N269" t="s">
-        <v>205</v>
+        <v>47</v>
       </c>
       <c r="O269" t="s">
-        <v>798</v>
+        <v>818</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>105735</v>
+        <v>128242</v>
       </c>
       <c r="B270" t="s">
         <v>15</v>
       </c>
       <c r="C270" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
       <c r="D270" t="s">
-        <v>800</v>
+        <v>411</v>
       </c>
       <c r="E270" t="s">
         <v>18</v>
       </c>
       <c r="F270" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="G270" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H270">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I270">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J270">
         <v>2</v>
       </c>
       <c r="K270" t="s">
-        <v>510</v>
+        <v>305</v>
       </c>
       <c r="L270" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="M270" t="s">
-        <v>510</v>
+        <v>305</v>
       </c>
       <c r="N270" t="s">
-        <v>271</v>
+        <v>86</v>
       </c>
       <c r="O270" t="s">
-        <v>802</v>
+        <v>820</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>105736</v>
+        <v>128243</v>
       </c>
       <c r="B271" t="s">
         <v>15</v>
       </c>
       <c r="C271" t="s">
-        <v>803</v>
+        <v>821</v>
       </c>
       <c r="D271" t="s">
-        <v>804</v>
+        <v>425</v>
       </c>
       <c r="E271" t="s">
         <v>18</v>
       </c>
       <c r="F271" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="G271" t="s">
         <v>20</v>
       </c>
       <c r="H271">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I271">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J271">
         <v>2</v>
       </c>
       <c r="K271" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="L271" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M271" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="N271" t="s">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="O271" t="s">
-        <v>805</v>
+        <v>822</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>105737</v>
+        <v>128244</v>
       </c>
       <c r="B272" t="s">
         <v>15</v>
       </c>
       <c r="C272" t="s">
-        <v>806</v>
+        <v>823</v>
       </c>
       <c r="D272" t="s">
+        <v>339</v>
+      </c>
+      <c r="E272" t="s">
+        <v>18</v>
+      </c>
+      <c r="F272" t="s">
         <v>807</v>
       </c>
-      <c r="E272" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G272" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H272">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I272">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J272">
         <v>2</v>
       </c>
       <c r="K272" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="L272" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M272" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="N272" t="s">
-        <v>213</v>
+        <v>274</v>
       </c>
       <c r="O272" t="s">
-        <v>808</v>
+        <v>824</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>105738</v>
+        <v>128245</v>
       </c>
       <c r="B273" t="s">
         <v>15</v>
       </c>
       <c r="C273" t="s">
-        <v>809</v>
+        <v>825</v>
       </c>
       <c r="D273" t="s">
-        <v>529</v>
+        <v>414</v>
       </c>
       <c r="E273" t="s">
         <v>18</v>
       </c>
       <c r="F273" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="G273" t="s">
         <v>20</v>
       </c>
       <c r="H273">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I273">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J273">
         <v>2</v>
       </c>
       <c r="K273" t="s">
-        <v>500</v>
+        <v>324</v>
       </c>
       <c r="L273" t="s">
         <v>22</v>
       </c>
       <c r="M273" t="s">
-        <v>500</v>
+        <v>324</v>
       </c>
       <c r="N273" t="s">
-        <v>82</v>
+        <v>192</v>
       </c>
       <c r="O273" t="s">
-        <v>810</v>
+        <v>826</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>105739</v>
+        <v>128246</v>
       </c>
       <c r="B274" t="s">
         <v>15</v>
       </c>
       <c r="C274" t="s">
-        <v>811</v>
+        <v>827</v>
       </c>
       <c r="D274" t="s">
-        <v>503</v>
+        <v>342</v>
       </c>
       <c r="E274" t="s">
         <v>18</v>
       </c>
       <c r="F274" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="G274" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H274">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I274">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J274">
         <v>2</v>
       </c>
       <c r="K274" t="s">
-        <v>500</v>
+        <v>324</v>
       </c>
       <c r="L274" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M274" t="s">
-        <v>500</v>
+        <v>324</v>
       </c>
       <c r="N274" t="s">
-        <v>213</v>
+        <v>257</v>
       </c>
       <c r="O274" t="s">
-        <v>812</v>
+        <v>828</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>105740</v>
+        <v>128247</v>
       </c>
       <c r="B275" t="s">
         <v>15</v>
       </c>
       <c r="C275" t="s">
-        <v>813</v>
+        <v>829</v>
       </c>
       <c r="D275" t="s">
-        <v>523</v>
+        <v>330</v>
       </c>
       <c r="E275" t="s">
         <v>18</v>
       </c>
       <c r="F275" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="G275" t="s">
         <v>20</v>
       </c>
       <c r="H275">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I275">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J275">
         <v>2</v>
       </c>
       <c r="K275" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="L275" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="M275" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="N275" t="s">
-        <v>368</v>
+        <v>247</v>
       </c>
       <c r="O275" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>105741</v>
+        <v>128248</v>
       </c>
       <c r="B276" t="s">
         <v>15</v>
       </c>
       <c r="C276" t="s">
-        <v>816</v>
+        <v>831</v>
       </c>
       <c r="D276" t="s">
-        <v>817</v>
+        <v>333</v>
       </c>
       <c r="E276" t="s">
         <v>18</v>
       </c>
       <c r="F276" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="G276" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H276">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I276">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J276">
         <v>2</v>
       </c>
       <c r="K276" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="L276" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="M276" t="s">
-        <v>510</v>
+        <v>324</v>
       </c>
       <c r="N276" t="s">
-        <v>338</v>
+        <v>233</v>
       </c>
       <c r="O276" t="s">
-        <v>818</v>
+        <v>832</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>105742</v>
+        <v>128249</v>
       </c>
       <c r="B277" t="s">
         <v>15</v>
       </c>
       <c r="C277" t="s">
-        <v>819</v>
+        <v>833</v>
       </c>
       <c r="D277" t="s">
-        <v>820</v>
+        <v>150</v>
       </c>
       <c r="E277" t="s">
         <v>18</v>
       </c>
       <c r="F277" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="G277" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H277">
+        <v>1</v>
+      </c>
+      <c r="I277">
+        <v>1</v>
+      </c>
+      <c r="J277">
         <v>3</v>
       </c>
-      <c r="I277">
-[...4 lines deleted...]
-      </c>
       <c r="K277" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="L277" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M277" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="N277" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="O277" t="s">
-        <v>821</v>
+        <v>835</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>105743</v>
+        <v>128250</v>
       </c>
       <c r="B278" t="s">
         <v>15</v>
       </c>
       <c r="C278" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="D278" t="s">
-        <v>823</v>
+        <v>133</v>
       </c>
       <c r="E278" t="s">
         <v>18</v>
       </c>
       <c r="F278" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="G278" t="s">
         <v>20</v>
       </c>
       <c r="H278">
+        <v>2</v>
+      </c>
+      <c r="I278">
+        <v>1</v>
+      </c>
+      <c r="J278">
         <v>3</v>
       </c>
-      <c r="I278">
-[...4 lines deleted...]
-      </c>
       <c r="K278" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="L278" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M278" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="N278" t="s">
-        <v>408</v>
+        <v>134</v>
       </c>
       <c r="O278" t="s">
-        <v>824</v>
+        <v>837</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>105744</v>
+        <v>128251</v>
       </c>
       <c r="B279" t="s">
         <v>15</v>
       </c>
       <c r="C279" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
       <c r="D279" t="s">
-        <v>826</v>
+        <v>594</v>
       </c>
       <c r="E279" t="s">
         <v>18</v>
       </c>
       <c r="F279" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="G279" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H279">
+        <v>2</v>
+      </c>
+      <c r="I279">
+        <v>2</v>
+      </c>
+      <c r="J279">
         <v>3</v>
       </c>
-      <c r="I279">
-[...4 lines deleted...]
-      </c>
       <c r="K279" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="L279" t="s">
         <v>27</v>
       </c>
       <c r="M279" t="s">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="N279" t="s">
-        <v>375</v>
+        <v>162</v>
       </c>
       <c r="O279" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>105745</v>
+        <v>128252</v>
       </c>
       <c r="B280" t="s">
         <v>15</v>
       </c>
       <c r="C280" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="D280" t="s">
-        <v>532</v>
+        <v>108</v>
       </c>
       <c r="E280" t="s">
         <v>18</v>
       </c>
       <c r="F280" t="s">
-        <v>814</v>
+        <v>841</v>
       </c>
       <c r="G280" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H280">
+        <v>1</v>
+      </c>
+      <c r="I280">
+        <v>1</v>
+      </c>
+      <c r="J280">
         <v>3</v>
       </c>
-      <c r="I280">
-[...4 lines deleted...]
-      </c>
       <c r="K280" t="s">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="L280" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M280" t="s">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="N280" t="s">
-        <v>368</v>
+        <v>111</v>
       </c>
       <c r="O280" t="s">
-        <v>829</v>
+        <v>842</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>105746</v>
+        <v>128253</v>
       </c>
       <c r="B281" t="s">
         <v>15</v>
       </c>
       <c r="C281" t="s">
-        <v>830</v>
+        <v>843</v>
       </c>
       <c r="D281" t="s">
-        <v>831</v>
+        <v>161</v>
       </c>
       <c r="E281" t="s">
         <v>18</v>
       </c>
       <c r="F281" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="G281" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H281">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I281">
         <v>1</v>
       </c>
       <c r="J281">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K281" t="s">
-        <v>540</v>
+        <v>21</v>
       </c>
       <c r="L281" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M281" t="s">
-        <v>540</v>
+        <v>21</v>
       </c>
       <c r="N281" t="s">
-        <v>108</v>
+        <v>162</v>
       </c>
       <c r="O281" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>105747</v>
+        <v>128254</v>
       </c>
       <c r="B282" t="s">
         <v>15</v>
       </c>
       <c r="C282" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="D282" t="s">
-        <v>835</v>
+        <v>129</v>
       </c>
       <c r="E282" t="s">
         <v>18</v>
       </c>
       <c r="F282" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="G282" t="s">
         <v>20</v>
       </c>
       <c r="H282">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I282">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J282">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K282" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L282" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M282" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N282" t="s">
-        <v>78</v>
+        <v>130</v>
       </c>
       <c r="O282" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>105748</v>
+        <v>128255</v>
       </c>
       <c r="B283" t="s">
         <v>15</v>
       </c>
       <c r="C283" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="D283" t="s">
-        <v>838</v>
+        <v>46</v>
       </c>
       <c r="E283" t="s">
         <v>18</v>
       </c>
       <c r="F283" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="G283" t="s">
         <v>20</v>
       </c>
       <c r="H283">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I283">
+        <v>2</v>
+      </c>
+      <c r="J283">
         <v>3</v>
       </c>
-      <c r="J283">
-[...1 lines deleted...]
-      </c>
       <c r="K283" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L283" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M283" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N283" t="s">
-        <v>244</v>
+        <v>47</v>
       </c>
       <c r="O283" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>105749</v>
+        <v>128256</v>
       </c>
       <c r="B284" t="s">
         <v>15</v>
       </c>
       <c r="C284" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="D284" t="s">
+        <v>120</v>
+      </c>
+      <c r="E284" t="s">
+        <v>18</v>
+      </c>
+      <c r="F284" t="s">
         <v>841</v>
       </c>
-      <c r="E284" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G284" t="s">
         <v>20</v>
       </c>
       <c r="H284">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I284">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J284">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K284" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="L284" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M284" t="s">
-        <v>540</v>
+        <v>38</v>
       </c>
       <c r="N284" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="O284" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>105750</v>
+        <v>128257</v>
       </c>
       <c r="B285" t="s">
         <v>15</v>
       </c>
       <c r="C285" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="D285" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="E285" t="s">
         <v>18</v>
       </c>
       <c r="F285" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G285" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H285">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I285">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J285">
         <v>2</v>
       </c>
       <c r="K285" t="s">
-        <v>540</v>
+        <v>21</v>
       </c>
       <c r="L285" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M285" t="s">
-        <v>540</v>
+        <v>21</v>
       </c>
       <c r="N285" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="O285" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>105751</v>
+        <v>128258</v>
       </c>
       <c r="B286" t="s">
         <v>15</v>
       </c>
       <c r="C286" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="D286" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="E286" t="s">
         <v>18</v>
       </c>
       <c r="F286" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G286" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H286">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I286">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J286">
         <v>2</v>
       </c>
       <c r="K286" t="s">
-        <v>552</v>
+        <v>21</v>
       </c>
       <c r="L286" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M286" t="s">
-        <v>552</v>
+        <v>21</v>
       </c>
       <c r="N286" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="O286" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>105752</v>
+        <v>128259</v>
       </c>
       <c r="B287" t="s">
         <v>15</v>
       </c>
       <c r="C287" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="D287" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="E287" t="s">
         <v>18</v>
       </c>
       <c r="F287" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G287" t="s">
         <v>20</v>
       </c>
       <c r="H287">
         <v>5</v>
       </c>
       <c r="I287">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J287">
         <v>2</v>
       </c>
       <c r="K287" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L287" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M287" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N287" t="s">
-        <v>213</v>
+        <v>860</v>
       </c>
       <c r="O287" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>105753</v>
+        <v>128260</v>
       </c>
       <c r="B288" t="s">
         <v>15</v>
       </c>
       <c r="C288" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="D288" t="s">
-        <v>551</v>
+        <v>46</v>
       </c>
       <c r="E288" t="s">
         <v>18</v>
       </c>
       <c r="F288" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G288" t="s">
         <v>20</v>
       </c>
       <c r="H288">
         <v>5</v>
       </c>
       <c r="I288">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J288">
         <v>2</v>
       </c>
       <c r="K288" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L288" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M288" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N288" t="s">
-        <v>264</v>
+        <v>47</v>
       </c>
       <c r="O288" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>105755</v>
+        <v>128261</v>
       </c>
       <c r="B289" t="s">
         <v>15</v>
       </c>
       <c r="C289" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="D289" t="s">
-        <v>555</v>
+        <v>187</v>
       </c>
       <c r="E289" t="s">
         <v>18</v>
       </c>
       <c r="F289" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G289" t="s">
         <v>20</v>
       </c>
       <c r="H289">
         <v>5</v>
       </c>
       <c r="I289">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J289">
         <v>2</v>
       </c>
       <c r="K289" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L289" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M289" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N289" t="s">
-        <v>312</v>
+        <v>188</v>
       </c>
       <c r="O289" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>105756</v>
+        <v>128262</v>
       </c>
       <c r="B290" t="s">
         <v>15</v>
       </c>
       <c r="C290" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D290" t="s">
-        <v>857</v>
+        <v>120</v>
       </c>
       <c r="E290" t="s">
         <v>18</v>
       </c>
       <c r="F290" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G290" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H290">
         <v>5</v>
       </c>
       <c r="I290">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J290">
         <v>2</v>
       </c>
       <c r="K290" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="L290" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M290" t="s">
-        <v>552</v>
+        <v>38</v>
       </c>
       <c r="N290" t="s">
-        <v>275</v>
+        <v>111</v>
       </c>
       <c r="O290" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>105762</v>
+        <v>128263</v>
       </c>
       <c r="B291" t="s">
         <v>15</v>
       </c>
       <c r="C291" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="D291" t="s">
-        <v>619</v>
+        <v>89</v>
       </c>
       <c r="E291" t="s">
         <v>18</v>
       </c>
       <c r="F291" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
       <c r="G291" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H291">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I291">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J291">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K291" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L291" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M291" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N291" t="s">
-        <v>198</v>
+        <v>90</v>
       </c>
       <c r="O291" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>105763</v>
+        <v>128264</v>
       </c>
       <c r="B292" t="s">
         <v>15</v>
       </c>
       <c r="C292" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="D292" t="s">
-        <v>216</v>
+        <v>856</v>
       </c>
       <c r="E292" t="s">
         <v>18</v>
       </c>
       <c r="F292" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="G292" t="s">
         <v>20</v>
       </c>
       <c r="H292">
         <v>2</v>
       </c>
       <c r="I292">
         <v>1</v>
       </c>
       <c r="J292">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K292" t="s">
         <v>21</v>
       </c>
       <c r="L292" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M292" t="s">
         <v>21</v>
       </c>
       <c r="N292" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="O292" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>105764</v>
+        <v>128265</v>
       </c>
       <c r="B293" t="s">
         <v>15</v>
       </c>
       <c r="C293" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="D293" t="s">
-        <v>212</v>
+        <v>852</v>
       </c>
       <c r="E293" t="s">
         <v>18</v>
       </c>
       <c r="F293" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="G293" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H293">
         <v>2</v>
       </c>
       <c r="I293">
         <v>2</v>
       </c>
       <c r="J293">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K293" t="s">
         <v>21</v>
       </c>
       <c r="L293" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M293" t="s">
         <v>21</v>
       </c>
       <c r="N293" t="s">
-        <v>213</v>
+        <v>64</v>
       </c>
       <c r="O293" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>105765</v>
+        <v>128266</v>
       </c>
       <c r="B294" t="s">
         <v>15</v>
       </c>
       <c r="C294" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="D294" t="s">
-        <v>212</v>
+        <v>859</v>
       </c>
       <c r="E294" t="s">
         <v>18</v>
       </c>
       <c r="F294" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="G294" t="s">
         <v>20</v>
       </c>
       <c r="H294">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I294">
         <v>1</v>
       </c>
       <c r="J294">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K294" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L294" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M294" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N294" t="s">
-        <v>213</v>
+        <v>860</v>
       </c>
       <c r="O294" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>105766</v>
+        <v>128267</v>
       </c>
       <c r="B295" t="s">
         <v>15</v>
       </c>
       <c r="C295" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D295" t="s">
-        <v>304</v>
+        <v>878</v>
       </c>
       <c r="E295" t="s">
         <v>18</v>
       </c>
       <c r="F295" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="G295" t="s">
         <v>20</v>
       </c>
       <c r="H295">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I295">
         <v>2</v>
       </c>
       <c r="J295">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K295" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L295" t="s">
         <v>27</v>
       </c>
       <c r="M295" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N295" t="s">
-        <v>275</v>
+        <v>879</v>
       </c>
       <c r="O295" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>105767</v>
+        <v>128268</v>
       </c>
       <c r="B296" t="s">
         <v>15</v>
       </c>
       <c r="C296" t="s">
+        <v>881</v>
+      </c>
+      <c r="D296" t="s">
+        <v>46</v>
+      </c>
+      <c r="E296" t="s">
+        <v>18</v>
+      </c>
+      <c r="F296" t="s">
         <v>871</v>
       </c>
-      <c r="D296" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G296" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H296">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I296">
         <v>3</v>
       </c>
       <c r="J296">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K296" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L296" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M296" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N296" t="s">
-        <v>338</v>
+        <v>47</v>
       </c>
       <c r="O296" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>105768</v>
+        <v>128269</v>
       </c>
       <c r="B297" t="s">
         <v>15</v>
       </c>
       <c r="C297" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="D297" t="s">
-        <v>392</v>
+        <v>884</v>
       </c>
       <c r="E297" t="s">
         <v>18</v>
       </c>
       <c r="F297" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
       <c r="G297" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H297">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I297">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J297">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K297" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L297" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M297" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N297" t="s">
-        <v>264</v>
+        <v>90</v>
       </c>
       <c r="O297" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>105769</v>
+        <v>128270</v>
       </c>
       <c r="B298" t="s">
         <v>15</v>
       </c>
       <c r="C298" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="D298" t="s">
-        <v>392</v>
+        <v>888</v>
       </c>
       <c r="E298" t="s">
         <v>18</v>
       </c>
       <c r="F298" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
       <c r="G298" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H298">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I298">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J298">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K298" t="s">
         <v>21</v>
       </c>
       <c r="L298" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M298" t="s">
         <v>21</v>
       </c>
       <c r="N298" t="s">
-        <v>264</v>
+        <v>95</v>
       </c>
       <c r="O298" t="s">
-        <v>876</v>
+        <v>889</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>105770</v>
+        <v>128271</v>
       </c>
       <c r="B299" t="s">
         <v>15</v>
       </c>
       <c r="C299" t="s">
-        <v>877</v>
+        <v>890</v>
       </c>
       <c r="D299" t="s">
-        <v>61</v>
+        <v>475</v>
       </c>
       <c r="E299" t="s">
         <v>18</v>
       </c>
       <c r="F299" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
       <c r="G299" t="s">
         <v>20</v>
       </c>
       <c r="H299">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I299">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J299">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K299" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L299" t="s">
         <v>27</v>
       </c>
       <c r="M299" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N299" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="O299" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>105771</v>
+        <v>128272</v>
       </c>
       <c r="B300" t="s">
         <v>15</v>
       </c>
       <c r="C300" t="s">
-        <v>879</v>
+        <v>892</v>
       </c>
       <c r="D300" t="s">
-        <v>880</v>
+        <v>37</v>
       </c>
       <c r="E300" t="s">
         <v>18</v>
       </c>
       <c r="F300" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
       <c r="G300" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H300">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I300">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J300">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K300" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L300" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M300" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N300" t="s">
-        <v>115</v>
+        <v>39</v>
       </c>
       <c r="O300" t="s">
-        <v>881</v>
+        <v>893</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>105772</v>
+        <v>128273</v>
       </c>
       <c r="B301" t="s">
         <v>15</v>
       </c>
       <c r="C301" t="s">
-        <v>882</v>
+        <v>894</v>
       </c>
       <c r="D301" t="s">
-        <v>319</v>
+        <v>85</v>
       </c>
       <c r="E301" t="s">
         <v>18</v>
       </c>
       <c r="F301" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G301" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H301">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I301">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J301">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K301" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="L301" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M301" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="N301" t="s">
-        <v>321</v>
+        <v>86</v>
       </c>
       <c r="O301" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>105773</v>
+        <v>128274</v>
       </c>
       <c r="B302" t="s">
         <v>15</v>
       </c>
       <c r="C302" t="s">
+        <v>896</v>
+      </c>
+      <c r="D302" t="s">
+        <v>270</v>
+      </c>
+      <c r="E302" t="s">
+        <v>18</v>
+      </c>
+      <c r="F302" t="s">
         <v>885</v>
       </c>
-      <c r="D302" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G302" t="s">
         <v>20</v>
       </c>
       <c r="H302">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I302">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J302">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K302" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L302" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M302" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N302" t="s">
-        <v>161</v>
+        <v>230</v>
       </c>
       <c r="O302" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>105774</v>
+        <v>128275</v>
       </c>
       <c r="B303" t="s">
         <v>15</v>
       </c>
       <c r="C303" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="D303" t="s">
-        <v>889</v>
+        <v>198</v>
       </c>
       <c r="E303" t="s">
         <v>18</v>
       </c>
       <c r="F303" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G303" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H303">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I303">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J303">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K303" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L303" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M303" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N303" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="O303" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>105775</v>
+        <v>128276</v>
       </c>
       <c r="B304" t="s">
         <v>15</v>
       </c>
       <c r="C304" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="D304" t="s">
-        <v>337</v>
+        <v>114</v>
       </c>
       <c r="E304" t="s">
         <v>18</v>
       </c>
       <c r="F304" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G304" t="s">
         <v>20</v>
       </c>
       <c r="H304">
         <v>8</v>
       </c>
       <c r="I304">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J304">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K304" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L304" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M304" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N304" t="s">
-        <v>338</v>
+        <v>115</v>
       </c>
       <c r="O304" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>105776</v>
+        <v>128277</v>
       </c>
       <c r="B305" t="s">
         <v>15</v>
       </c>
       <c r="C305" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="D305" t="s">
-        <v>366</v>
+        <v>46</v>
       </c>
       <c r="E305" t="s">
         <v>18</v>
       </c>
       <c r="F305" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G305" t="s">
         <v>20</v>
       </c>
       <c r="H305">
         <v>8</v>
       </c>
       <c r="I305">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J305">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K305" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L305" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="M305" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N305" t="s">
-        <v>368</v>
+        <v>47</v>
       </c>
       <c r="O305" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>105777</v>
+        <v>128278</v>
       </c>
       <c r="B306" t="s">
         <v>15</v>
       </c>
       <c r="C306" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="D306" t="s">
-        <v>304</v>
+        <v>120</v>
       </c>
       <c r="E306" t="s">
         <v>18</v>
       </c>
       <c r="F306" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G306" t="s">
         <v>20</v>
       </c>
       <c r="H306">
         <v>8</v>
       </c>
       <c r="I306">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J306">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K306" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L306" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="M306" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N306" t="s">
-        <v>275</v>
+        <v>111</v>
       </c>
       <c r="O306" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>105778</v>
+        <v>128279</v>
       </c>
       <c r="B307" t="s">
         <v>15</v>
       </c>
       <c r="C307" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="D307" t="s">
-        <v>208</v>
+        <v>89</v>
       </c>
       <c r="E307" t="s">
         <v>18</v>
       </c>
       <c r="F307" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G307" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H307">
         <v>8</v>
       </c>
       <c r="I307">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J307">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K307" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L307" t="s">
-        <v>37</v>
+        <v>104</v>
       </c>
       <c r="M307" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N307" t="s">
-        <v>209</v>
+        <v>90</v>
       </c>
       <c r="O307" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>105779</v>
+        <v>128280</v>
       </c>
       <c r="B308" t="s">
         <v>15</v>
       </c>
       <c r="C308" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="D308" t="s">
-        <v>374</v>
+        <v>909</v>
       </c>
       <c r="E308" t="s">
         <v>18</v>
       </c>
       <c r="F308" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="G308" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H308">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I308">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J308">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K308" t="s">
         <v>21</v>
       </c>
       <c r="L308" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="M308" t="s">
         <v>21</v>
       </c>
       <c r="N308" t="s">
-        <v>375</v>
+        <v>68</v>
       </c>
       <c r="O308" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>105780</v>
+        <v>128281</v>
       </c>
       <c r="B309" t="s">
         <v>15</v>
       </c>
       <c r="C309" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="D309" t="s">
-        <v>407</v>
+        <v>912</v>
       </c>
       <c r="E309" t="s">
         <v>18</v>
       </c>
       <c r="F309" t="s">
-        <v>883</v>
+        <v>913</v>
       </c>
       <c r="G309" t="s">
         <v>20</v>
       </c>
       <c r="H309">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I309">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J309">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K309" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L309" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="M309" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N309" t="s">
-        <v>408</v>
+        <v>105</v>
       </c>
       <c r="O309" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>105781</v>
+        <v>128282</v>
       </c>
       <c r="B310" t="s">
         <v>15</v>
       </c>
       <c r="C310" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="D310" t="s">
-        <v>311</v>
+        <v>916</v>
       </c>
       <c r="E310" t="s">
         <v>18</v>
       </c>
       <c r="F310" t="s">
-        <v>883</v>
+        <v>913</v>
       </c>
       <c r="G310" t="s">
         <v>20</v>
       </c>
       <c r="H310">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I310">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J310">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K310" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L310" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M310" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N310" t="s">
-        <v>312</v>
+        <v>72</v>
       </c>
       <c r="O310" t="s">
-        <v>904</v>
+        <v>917</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>105782</v>
+        <v>128283</v>
       </c>
       <c r="B311" t="s">
         <v>15</v>
       </c>
       <c r="C311" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="D311" t="s">
-        <v>371</v>
+        <v>884</v>
       </c>
       <c r="E311" t="s">
         <v>18</v>
       </c>
       <c r="F311" t="s">
-        <v>883</v>
+        <v>913</v>
       </c>
       <c r="G311" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H311">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I311">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J311">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K311" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L311" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="M311" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N311" t="s">
-        <v>271</v>
+        <v>90</v>
       </c>
       <c r="O311" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>105783</v>
+        <v>128284</v>
       </c>
       <c r="B312" t="s">
         <v>15</v>
       </c>
       <c r="C312" t="s">
-        <v>907</v>
+        <v>920</v>
       </c>
       <c r="D312" t="s">
-        <v>908</v>
+        <v>921</v>
       </c>
       <c r="E312" t="s">
         <v>18</v>
       </c>
       <c r="F312" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G312" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H312">
         <v>4</v>
       </c>
       <c r="I312">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J312">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K312" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="L312" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M312" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="N312" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="O312" t="s">
-        <v>910</v>
+        <v>922</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>105784</v>
+        <v>128285</v>
       </c>
       <c r="B313" t="s">
         <v>15</v>
       </c>
       <c r="C313" t="s">
-        <v>911</v>
+        <v>923</v>
       </c>
       <c r="D313" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="E313" t="s">
         <v>18</v>
       </c>
       <c r="F313" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G313" t="s">
         <v>20</v>
       </c>
       <c r="H313">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I313">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J313">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K313" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L313" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M313" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N313" t="s">
-        <v>48</v>
+        <v>166</v>
       </c>
       <c r="O313" t="s">
-        <v>912</v>
+        <v>924</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>105785</v>
+        <v>128286</v>
       </c>
       <c r="B314" t="s">
         <v>15</v>
       </c>
       <c r="C314" t="s">
+        <v>925</v>
+      </c>
+      <c r="D314" t="s">
+        <v>169</v>
+      </c>
+      <c r="E314" t="s">
+        <v>18</v>
+      </c>
+      <c r="F314" t="s">
         <v>913</v>
       </c>
-      <c r="D314" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G314" t="s">
         <v>20</v>
       </c>
       <c r="H314">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I314">
+        <v>2</v>
+      </c>
+      <c r="J314">
         <v>3</v>
       </c>
-      <c r="J314">
-[...1 lines deleted...]
-      </c>
       <c r="K314" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L314" t="s">
         <v>27</v>
       </c>
       <c r="M314" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N314" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="O314" t="s">
-        <v>914</v>
+        <v>926</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>105786</v>
+        <v>128287</v>
       </c>
       <c r="B315" t="s">
         <v>15</v>
       </c>
       <c r="C315" t="s">
-        <v>915</v>
+        <v>927</v>
       </c>
       <c r="D315" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="E315" t="s">
         <v>18</v>
       </c>
       <c r="F315" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G315" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H315">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I315">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J315">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K315" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L315" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M315" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N315" t="s">
-        <v>33</v>
+        <v>130</v>
       </c>
       <c r="O315" t="s">
-        <v>916</v>
+        <v>928</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>105787</v>
+        <v>128288</v>
       </c>
       <c r="B316" t="s">
         <v>15</v>
       </c>
       <c r="C316" t="s">
-        <v>917</v>
+        <v>929</v>
       </c>
       <c r="D316" t="s">
-        <v>136</v>
+        <v>37</v>
       </c>
       <c r="E316" t="s">
         <v>18</v>
       </c>
       <c r="F316" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G316" t="s">
         <v>20</v>
       </c>
       <c r="H316">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I316">
         <v>1</v>
       </c>
       <c r="J316">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K316" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L316" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M316" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N316" t="s">
-        <v>137</v>
+        <v>39</v>
       </c>
       <c r="O316" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>105788</v>
+        <v>128289</v>
       </c>
       <c r="B317" t="s">
         <v>15</v>
       </c>
       <c r="C317" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="D317" t="s">
-        <v>347</v>
+        <v>85</v>
       </c>
       <c r="E317" t="s">
         <v>18</v>
       </c>
       <c r="F317" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G317" t="s">
         <v>20</v>
       </c>
       <c r="H317">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I317">
         <v>2</v>
       </c>
       <c r="J317">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K317" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L317" t="s">
         <v>27</v>
       </c>
       <c r="M317" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N317" t="s">
-        <v>348</v>
+        <v>86</v>
       </c>
       <c r="O317" t="s">
-        <v>920</v>
+        <v>932</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>105789</v>
+        <v>128290</v>
       </c>
       <c r="B318" t="s">
         <v>15</v>
       </c>
       <c r="C318" t="s">
-        <v>921</v>
+        <v>933</v>
       </c>
       <c r="D318" t="s">
-        <v>328</v>
+        <v>187</v>
       </c>
       <c r="E318" t="s">
         <v>18</v>
       </c>
       <c r="F318" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G318" t="s">
         <v>20</v>
       </c>
       <c r="H318">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I318">
         <v>3</v>
       </c>
       <c r="J318">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K318" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L318" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M318" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N318" t="s">
-        <v>279</v>
+        <v>188</v>
       </c>
       <c r="O318" t="s">
-        <v>922</v>
+        <v>934</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>105790</v>
+        <v>128291</v>
       </c>
       <c r="B319" t="s">
         <v>15</v>
       </c>
       <c r="C319" t="s">
-        <v>923</v>
+        <v>935</v>
       </c>
       <c r="D319" t="s">
-        <v>118</v>
+        <v>232</v>
       </c>
       <c r="E319" t="s">
         <v>18</v>
       </c>
       <c r="F319" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G319" t="s">
         <v>20</v>
       </c>
       <c r="H319">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I319">
         <v>4</v>
       </c>
       <c r="J319">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K319" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L319" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M319" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N319" t="s">
-        <v>119</v>
+        <v>233</v>
       </c>
       <c r="O319" t="s">
-        <v>924</v>
+        <v>936</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>105791</v>
+        <v>128292</v>
       </c>
       <c r="B320" t="s">
         <v>15</v>
       </c>
       <c r="C320" t="s">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="D320" t="s">
-        <v>132</v>
+        <v>273</v>
       </c>
       <c r="E320" t="s">
         <v>18</v>
       </c>
       <c r="F320" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G320" t="s">
         <v>20</v>
       </c>
       <c r="H320">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I320">
         <v>5</v>
       </c>
       <c r="J320">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K320" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L320" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="M320" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N320" t="s">
-        <v>133</v>
+        <v>274</v>
       </c>
       <c r="O320" t="s">
-        <v>926</v>
+        <v>938</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>105792</v>
+        <v>128293</v>
       </c>
       <c r="B321" t="s">
         <v>15</v>
       </c>
       <c r="C321" t="s">
-        <v>927</v>
+        <v>939</v>
       </c>
       <c r="D321" t="s">
-        <v>341</v>
+        <v>940</v>
       </c>
       <c r="E321" t="s">
         <v>18</v>
       </c>
       <c r="F321" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G321" t="s">
         <v>20</v>
       </c>
       <c r="H321">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I321">
         <v>6</v>
       </c>
       <c r="J321">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K321" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L321" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="M321" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N321" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="O321" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>105793</v>
+        <v>128294</v>
       </c>
       <c r="B322" t="s">
         <v>15</v>
       </c>
       <c r="C322" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
       <c r="D322" t="s">
-        <v>354</v>
+        <v>943</v>
       </c>
       <c r="E322" t="s">
         <v>18</v>
       </c>
       <c r="F322" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G322" t="s">
         <v>20</v>
       </c>
       <c r="H322">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I322">
         <v>7</v>
       </c>
       <c r="J322">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K322" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L322" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="M322" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N322" t="s">
-        <v>173</v>
+        <v>82</v>
       </c>
       <c r="O322" t="s">
-        <v>930</v>
+        <v>944</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>105794</v>
+        <v>128295</v>
       </c>
       <c r="B323" t="s">
         <v>15</v>
       </c>
       <c r="C323" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="D323" t="s">
-        <v>351</v>
+        <v>89</v>
       </c>
       <c r="E323" t="s">
         <v>18</v>
       </c>
       <c r="F323" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="G323" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H323">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I323">
         <v>8</v>
       </c>
       <c r="J323">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K323" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L323" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="M323" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N323" t="s">
-        <v>321</v>
+        <v>90</v>
       </c>
       <c r="O323" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>105795</v>
+        <v>128317</v>
       </c>
       <c r="B324" t="s">
         <v>15</v>
       </c>
       <c r="C324" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="D324" t="s">
-        <v>128</v>
+        <v>618</v>
       </c>
       <c r="E324" t="s">
         <v>18</v>
       </c>
       <c r="F324" t="s">
-        <v>909</v>
+        <v>948</v>
       </c>
       <c r="G324" t="s">
         <v>20</v>
       </c>
       <c r="H324">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I324">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J324">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K324" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L324" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="M324" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N324" t="s">
-        <v>129</v>
+        <v>188</v>
       </c>
       <c r="O324" t="s">
-        <v>934</v>
+        <v>949</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>105796</v>
+        <v>128318</v>
       </c>
       <c r="B325" t="s">
         <v>15</v>
       </c>
       <c r="C325" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="D325" t="s">
-        <v>344</v>
+        <v>622</v>
       </c>
       <c r="E325" t="s">
         <v>18</v>
       </c>
       <c r="F325" t="s">
-        <v>909</v>
+        <v>948</v>
       </c>
       <c r="G325" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H325">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I325">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J325">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K325" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L325" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="M325" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N325" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="O325" t="s">
-        <v>936</v>
+        <v>951</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>105797</v>
+        <v>128319</v>
       </c>
       <c r="B326" t="s">
         <v>15</v>
       </c>
       <c r="C326" t="s">
-        <v>937</v>
+        <v>952</v>
       </c>
       <c r="D326" t="s">
-        <v>938</v>
+        <v>380</v>
       </c>
       <c r="E326" t="s">
         <v>18</v>
       </c>
       <c r="F326" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="G326" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H326">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I326">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J326">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K326" t="s">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="L326" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M326" t="s">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="N326" t="s">
-        <v>137</v>
+        <v>90</v>
       </c>
       <c r="O326" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>105798</v>
+        <v>128320</v>
       </c>
       <c r="B327" t="s">
         <v>15</v>
       </c>
       <c r="C327" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
       <c r="D327" t="s">
-        <v>179</v>
+        <v>955</v>
       </c>
       <c r="E327" t="s">
         <v>18</v>
       </c>
       <c r="F327" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="G327" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H327">
         <v>2</v>
       </c>
       <c r="I327">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J327">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K327" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L327" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M327" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N327" t="s">
-        <v>43</v>
+        <v>261</v>
       </c>
       <c r="O327" t="s">
-        <v>942</v>
+        <v>956</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>105799</v>
+        <v>128321</v>
       </c>
       <c r="B328" t="s">
         <v>15</v>
       </c>
       <c r="C328" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="D328" t="s">
-        <v>41</v>
+        <v>357</v>
       </c>
       <c r="E328" t="s">
         <v>18</v>
       </c>
       <c r="F328" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="G328" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H328">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I328">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J328">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K328" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L328" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M328" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N328" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="O328" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>105800</v>
+        <v>128322</v>
       </c>
       <c r="B329" t="s">
         <v>15</v>
       </c>
       <c r="C329" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="D329" t="s">
-        <v>196</v>
+        <v>631</v>
       </c>
       <c r="E329" t="s">
         <v>18</v>
       </c>
       <c r="F329" t="s">
-        <v>939</v>
+        <v>960</v>
       </c>
       <c r="G329" t="s">
         <v>20</v>
       </c>
       <c r="H329">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I329">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J329">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K329" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L329" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M329" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N329" t="s">
-        <v>198</v>
+        <v>90</v>
       </c>
       <c r="O329" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>105801</v>
+        <v>128323</v>
       </c>
       <c r="B330" t="s">
         <v>15</v>
       </c>
       <c r="C330" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="D330" t="s">
-        <v>374</v>
+        <v>649</v>
       </c>
       <c r="E330" t="s">
         <v>18</v>
       </c>
       <c r="F330" t="s">
-        <v>939</v>
+        <v>960</v>
       </c>
       <c r="G330" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H330">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I330">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J330">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K330" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L330" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M330" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N330" t="s">
-        <v>375</v>
+        <v>47</v>
       </c>
       <c r="O330" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>105802</v>
+        <v>128324</v>
       </c>
       <c r="B331" t="s">
         <v>15</v>
       </c>
       <c r="C331" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="D331" t="s">
-        <v>76</v>
+        <v>622</v>
       </c>
       <c r="E331" t="s">
         <v>18</v>
       </c>
       <c r="F331" t="s">
-        <v>939</v>
+        <v>960</v>
       </c>
       <c r="G331" t="s">
         <v>20</v>
       </c>
       <c r="H331">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I331">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J331">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K331" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L331" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M331" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N331" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="O331" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>105803</v>
+        <v>128325</v>
       </c>
       <c r="B332" t="s">
         <v>15</v>
       </c>
       <c r="C332" t="s">
-        <v>951</v>
+        <v>966</v>
       </c>
       <c r="D332" t="s">
-        <v>81</v>
+        <v>389</v>
       </c>
       <c r="E332" t="s">
         <v>18</v>
       </c>
       <c r="F332" t="s">
-        <v>939</v>
+        <v>960</v>
       </c>
       <c r="G332" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H332">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I332">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J332">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K332" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L332" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M332" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N332" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="O332" t="s">
-        <v>952</v>
+        <v>967</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>105804</v>
+        <v>128326</v>
       </c>
       <c r="B333" t="s">
         <v>15</v>
       </c>
       <c r="C333" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="D333" t="s">
-        <v>239</v>
+        <v>392</v>
       </c>
       <c r="E333" t="s">
         <v>18</v>
       </c>
       <c r="F333" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="G333" t="s">
         <v>20</v>
       </c>
       <c r="H333">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I333">
         <v>1</v>
       </c>
       <c r="J333">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K333" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L333" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M333" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N333" t="s">
-        <v>240</v>
+        <v>86</v>
       </c>
       <c r="O333" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>105805</v>
+        <v>128327</v>
       </c>
       <c r="B334" t="s">
         <v>15</v>
       </c>
       <c r="C334" t="s">
-        <v>956</v>
+        <v>971</v>
       </c>
       <c r="D334" t="s">
-        <v>235</v>
+        <v>618</v>
       </c>
       <c r="E334" t="s">
         <v>18</v>
       </c>
       <c r="F334" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="G334" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H334">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I334">
         <v>2</v>
       </c>
       <c r="J334">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K334" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L334" t="s">
         <v>27</v>
       </c>
       <c r="M334" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N334" t="s">
-        <v>236</v>
+        <v>188</v>
       </c>
       <c r="O334" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>105806</v>
+        <v>128328</v>
       </c>
       <c r="B335" t="s">
         <v>15</v>
       </c>
       <c r="C335" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="D335" t="s">
-        <v>231</v>
+        <v>625</v>
       </c>
       <c r="E335" t="s">
         <v>18</v>
       </c>
       <c r="F335" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="G335" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H335">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I335">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J335">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K335" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L335" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M335" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N335" t="s">
-        <v>232</v>
+        <v>274</v>
       </c>
       <c r="O335" t="s">
-        <v>959</v>
+        <v>974</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>105807</v>
+        <v>128329</v>
       </c>
       <c r="B336" t="s">
         <v>15</v>
       </c>
       <c r="C336" t="s">
-        <v>960</v>
+        <v>975</v>
       </c>
       <c r="D336" t="s">
-        <v>182</v>
+        <v>635</v>
       </c>
       <c r="E336" t="s">
         <v>18</v>
       </c>
       <c r="F336" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="G336" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H336">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I336">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J336">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K336" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L336" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M336" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N336" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="O336" t="s">
-        <v>961</v>
+        <v>976</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>105808</v>
+        <v>128330</v>
       </c>
       <c r="B337" t="s">
         <v>15</v>
       </c>
       <c r="C337" t="s">
-        <v>962</v>
+        <v>977</v>
       </c>
       <c r="D337" t="s">
-        <v>114</v>
+        <v>399</v>
       </c>
       <c r="E337" t="s">
         <v>18</v>
       </c>
       <c r="F337" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="G337" t="s">
         <v>20</v>
       </c>
       <c r="H337">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I337">
         <v>1</v>
       </c>
       <c r="J337">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K337" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L337" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M337" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N337" t="s">
-        <v>115</v>
+        <v>199</v>
       </c>
       <c r="O337" t="s">
-        <v>964</v>
+        <v>979</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>105809</v>
+        <v>128331</v>
       </c>
       <c r="B338" t="s">
         <v>15</v>
       </c>
       <c r="C338" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="D338" t="s">
-        <v>151</v>
+        <v>320</v>
       </c>
       <c r="E338" t="s">
         <v>18</v>
       </c>
       <c r="F338" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="G338" t="s">
         <v>20</v>
       </c>
       <c r="H338">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I338">
         <v>2</v>
       </c>
       <c r="J338">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K338" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L338" t="s">
         <v>27</v>
       </c>
       <c r="M338" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N338" t="s">
-        <v>153</v>
+        <v>192</v>
       </c>
       <c r="O338" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>105810</v>
+        <v>128332</v>
       </c>
       <c r="B339" t="s">
         <v>15</v>
       </c>
       <c r="C339" t="s">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="D339" t="s">
-        <v>201</v>
+        <v>817</v>
       </c>
       <c r="E339" t="s">
         <v>18</v>
       </c>
       <c r="F339" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="G339" t="s">
         <v>20</v>
       </c>
       <c r="H339">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I339">
         <v>3</v>
       </c>
       <c r="J339">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K339" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L339" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M339" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N339" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="O339" t="s">
-        <v>968</v>
+        <v>983</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>105811</v>
+        <v>128333</v>
       </c>
       <c r="B340" t="s">
         <v>15</v>
       </c>
       <c r="C340" t="s">
-        <v>969</v>
+        <v>984</v>
       </c>
       <c r="D340" t="s">
-        <v>204</v>
+        <v>408</v>
       </c>
       <c r="E340" t="s">
         <v>18</v>
       </c>
       <c r="F340" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="G340" t="s">
         <v>20</v>
       </c>
       <c r="H340">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I340">
         <v>4</v>
       </c>
       <c r="J340">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K340" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L340" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M340" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N340" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
       <c r="O340" t="s">
-        <v>970</v>
+        <v>985</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>105812</v>
+        <v>128334</v>
       </c>
       <c r="B341" t="s">
         <v>15</v>
       </c>
       <c r="C341" t="s">
-        <v>971</v>
+        <v>986</v>
       </c>
       <c r="D341" t="s">
-        <v>333</v>
+        <v>405</v>
       </c>
       <c r="E341" t="s">
         <v>18</v>
       </c>
       <c r="F341" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="G341" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H341">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I341">
         <v>5</v>
       </c>
       <c r="J341">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K341" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="L341" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="M341" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="N341" t="s">
-        <v>334</v>
+        <v>115</v>
       </c>
       <c r="O341" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>105813</v>
+        <v>128335</v>
       </c>
       <c r="B342" t="s">
         <v>15</v>
       </c>
       <c r="C342" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="D342" t="s">
+        <v>419</v>
+      </c>
+      <c r="E342" t="s">
+        <v>18</v>
+      </c>
+      <c r="F342" t="s">
+        <v>978</v>
+      </c>
+      <c r="G342" t="s">
+        <v>20</v>
+      </c>
+      <c r="H342">
+        <v>5</v>
+      </c>
+      <c r="I342">
+        <v>1</v>
+      </c>
+      <c r="J342">
+        <v>3</v>
+      </c>
+      <c r="K342" t="s">
         <v>324</v>
       </c>
-      <c r="E342" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L342" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="M342" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N342" t="s">
-        <v>325</v>
+        <v>115</v>
       </c>
       <c r="O342" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>105814</v>
+        <v>128336</v>
       </c>
       <c r="B343" t="s">
         <v>15</v>
       </c>
       <c r="C343" t="s">
-        <v>975</v>
+        <v>990</v>
       </c>
       <c r="D343" t="s">
-        <v>976</v>
+        <v>422</v>
       </c>
       <c r="E343" t="s">
         <v>18</v>
       </c>
       <c r="F343" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="G343" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H343">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I343">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J343">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K343" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L343" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M343" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N343" t="s">
-        <v>28</v>
+        <v>199</v>
       </c>
       <c r="O343" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>105815</v>
+        <v>128337</v>
       </c>
       <c r="B344" t="s">
         <v>15</v>
       </c>
       <c r="C344" t="s">
+        <v>992</v>
+      </c>
+      <c r="D344" t="s">
+        <v>323</v>
+      </c>
+      <c r="E344" t="s">
+        <v>18</v>
+      </c>
+      <c r="F344" t="s">
         <v>978</v>
       </c>
-      <c r="D344" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G344" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H344">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I344">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J344">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K344" t="s">
-        <v>168</v>
+        <v>324</v>
       </c>
       <c r="L344" t="s">
         <v>22</v>
       </c>
       <c r="M344" t="s">
-        <v>168</v>
+        <v>324</v>
       </c>
       <c r="N344" t="s">
-        <v>82</v>
+        <v>188</v>
       </c>
       <c r="O344" t="s">
-        <v>981</v>
+        <v>993</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>105816</v>
+        <v>128338</v>
       </c>
       <c r="B345" t="s">
         <v>15</v>
       </c>
       <c r="C345" t="s">
-        <v>982</v>
+        <v>994</v>
       </c>
       <c r="D345" t="s">
-        <v>663</v>
+        <v>414</v>
       </c>
       <c r="E345" t="s">
-        <v>627</v>
+        <v>18</v>
       </c>
       <c r="F345" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="G345" t="s">
         <v>20</v>
       </c>
       <c r="H345">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I345">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J345">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K345" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L345" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M345" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N345" t="s">
-        <v>133</v>
+        <v>192</v>
       </c>
       <c r="O345" t="s">
-        <v>983</v>
+        <v>995</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>105817</v>
+        <v>128339</v>
       </c>
       <c r="B346" t="s">
         <v>15</v>
       </c>
       <c r="C346" t="s">
-        <v>984</v>
+        <v>996</v>
       </c>
       <c r="D346" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="E346" t="s">
         <v>18</v>
       </c>
       <c r="F346" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="G346" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H346">
+        <v>5</v>
+      </c>
+      <c r="I346">
+        <v>5</v>
+      </c>
+      <c r="J346">
         <v>3</v>
       </c>
-      <c r="I346">
-[...4 lines deleted...]
-      </c>
       <c r="K346" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L346" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M346" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N346" t="s">
-        <v>133</v>
+        <v>90</v>
       </c>
       <c r="O346" t="s">
-        <v>985</v>
+        <v>997</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>105818</v>
+        <v>128348</v>
       </c>
       <c r="B347" t="s">
         <v>15</v>
       </c>
       <c r="C347" t="s">
-        <v>986</v>
+        <v>998</v>
       </c>
       <c r="D347" t="s">
-        <v>987</v>
+        <v>999</v>
       </c>
       <c r="E347" t="s">
         <v>18</v>
       </c>
       <c r="F347" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G347" t="s">
         <v>20</v>
       </c>
       <c r="H347">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I347">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J347">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K347" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L347" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M347" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N347" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
       <c r="O347" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>105819</v>
+        <v>128349</v>
       </c>
       <c r="B348" t="s">
         <v>15</v>
       </c>
       <c r="C348" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="D348" t="s">
-        <v>990</v>
+        <v>236</v>
       </c>
       <c r="E348" t="s">
         <v>18</v>
       </c>
       <c r="F348" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G348" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H348">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I348">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J348">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K348" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L348" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M348" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N348" t="s">
-        <v>119</v>
+        <v>237</v>
       </c>
       <c r="O348" t="s">
-        <v>991</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>105820</v>
+        <v>128350</v>
       </c>
       <c r="B349" t="s">
         <v>15</v>
       </c>
       <c r="C349" t="s">
-        <v>982</v>
+        <v>1004</v>
       </c>
       <c r="D349" t="s">
-        <v>311</v>
+        <v>522</v>
       </c>
       <c r="E349" t="s">
         <v>18</v>
       </c>
       <c r="F349" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G349" t="s">
         <v>20</v>
       </c>
       <c r="H349">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I349">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J349">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K349" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L349" t="s">
         <v>22</v>
       </c>
       <c r="M349" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N349" t="s">
-        <v>312</v>
+        <v>154</v>
       </c>
       <c r="O349" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>105821</v>
+        <v>128351</v>
       </c>
       <c r="B350" t="s">
         <v>15</v>
       </c>
       <c r="C350" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="D350" t="s">
-        <v>304</v>
+        <v>243</v>
       </c>
       <c r="E350" t="s">
         <v>18</v>
       </c>
       <c r="F350" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G350" t="s">
         <v>20</v>
       </c>
       <c r="H350">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I350">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J350">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K350" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L350" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M350" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N350" t="s">
-        <v>275</v>
+        <v>147</v>
       </c>
       <c r="O350" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>105822</v>
+        <v>128352</v>
       </c>
       <c r="B351" t="s">
         <v>15</v>
       </c>
       <c r="C351" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="D351" t="s">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="E351" t="s">
         <v>18</v>
       </c>
       <c r="F351" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G351" t="s">
         <v>20</v>
       </c>
       <c r="H351">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I351">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J351">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K351" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L351" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="M351" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N351" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
       <c r="O351" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>105823</v>
+        <v>128353</v>
       </c>
       <c r="B352" t="s">
         <v>15</v>
       </c>
       <c r="C352" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="D352" t="s">
-        <v>407</v>
+        <v>518</v>
       </c>
       <c r="E352" t="s">
         <v>18</v>
       </c>
       <c r="F352" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G352" t="s">
         <v>20</v>
       </c>
       <c r="H352">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I352">
+        <v>6</v>
+      </c>
+      <c r="J352">
         <v>4</v>
       </c>
-      <c r="J352">
-[...1 lines deleted...]
-      </c>
       <c r="K352" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L352" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="M352" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N352" t="s">
-        <v>408</v>
+        <v>77</v>
       </c>
       <c r="O352" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>105824</v>
+        <v>128354</v>
       </c>
       <c r="B353" t="s">
         <v>15</v>
       </c>
       <c r="C353" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="D353" t="s">
-        <v>243</v>
+        <v>1013</v>
       </c>
       <c r="E353" t="s">
         <v>18</v>
       </c>
       <c r="F353" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G353" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H353">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I353">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J353">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K353" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L353" t="s">
-        <v>42</v>
+        <v>99</v>
       </c>
       <c r="M353" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N353" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="O353" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>105825</v>
+        <v>128355</v>
       </c>
       <c r="B354" t="s">
         <v>15</v>
       </c>
       <c r="C354" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="D354" t="s">
-        <v>392</v>
+        <v>478</v>
       </c>
       <c r="E354" t="s">
         <v>18</v>
       </c>
       <c r="F354" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G354" t="s">
         <v>20</v>
       </c>
       <c r="H354">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I354">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J354">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K354" t="s">
         <v>21</v>
       </c>
       <c r="L354" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M354" t="s">
         <v>21</v>
       </c>
       <c r="N354" t="s">
-        <v>264</v>
+        <v>237</v>
       </c>
       <c r="O354" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>105826</v>
+        <v>128356</v>
       </c>
       <c r="B355" t="s">
         <v>15</v>
       </c>
       <c r="C355" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="D355" t="s">
-        <v>298</v>
+        <v>157</v>
       </c>
       <c r="E355" t="s">
         <v>18</v>
       </c>
       <c r="F355" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G355" t="s">
         <v>20</v>
       </c>
       <c r="H355">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I355">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J355">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K355" t="s">
         <v>21</v>
       </c>
       <c r="L355" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="M355" t="s">
         <v>21</v>
       </c>
       <c r="N355" t="s">
-        <v>291</v>
+        <v>158</v>
       </c>
       <c r="O355" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>105827</v>
+        <v>128357</v>
       </c>
       <c r="B356" t="s">
         <v>15</v>
       </c>
       <c r="C356" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="D356" t="s">
-        <v>76</v>
+        <v>146</v>
       </c>
       <c r="E356" t="s">
         <v>18</v>
       </c>
       <c r="F356" t="s">
-        <v>980</v>
+        <v>1000</v>
       </c>
       <c r="G356" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H356">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I356">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J356">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K356" t="s">
         <v>21</v>
       </c>
       <c r="L356" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="M356" t="s">
         <v>21</v>
       </c>
       <c r="N356" t="s">
-        <v>78</v>
+        <v>147</v>
       </c>
       <c r="O356" t="s">
-        <v>1006</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>105828</v>
+        <v>128358</v>
       </c>
       <c r="B357" t="s">
         <v>15</v>
       </c>
       <c r="C357" t="s">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="D357" t="s">
-        <v>212</v>
+        <v>1022</v>
       </c>
       <c r="E357" t="s">
         <v>18</v>
       </c>
       <c r="F357" t="s">
-        <v>980</v>
+        <v>1023</v>
       </c>
       <c r="G357" t="s">
         <v>20</v>
       </c>
       <c r="H357">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I357">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J357">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K357" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L357" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="M357" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N357" t="s">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="O357" t="s">
-        <v>1008</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>105829</v>
+        <v>128359</v>
       </c>
       <c r="B358" t="s">
         <v>15</v>
       </c>
       <c r="C358" t="s">
-        <v>1009</v>
+        <v>1025</v>
       </c>
       <c r="D358" t="s">
-        <v>81</v>
+        <v>1026</v>
       </c>
       <c r="E358" t="s">
         <v>18</v>
       </c>
       <c r="F358" t="s">
-        <v>980</v>
+        <v>1023</v>
       </c>
       <c r="G358" t="s">
         <v>20</v>
       </c>
       <c r="H358">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I358">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J358">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K358" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L358" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="M358" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N358" t="s">
-        <v>82</v>
+        <v>206</v>
       </c>
       <c r="O358" t="s">
-        <v>1010</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>105830</v>
+        <v>128360</v>
       </c>
       <c r="B359" t="s">
         <v>15</v>
       </c>
       <c r="C359" t="s">
-        <v>1011</v>
+        <v>1028</v>
       </c>
       <c r="D359" t="s">
-        <v>216</v>
+        <v>1029</v>
       </c>
       <c r="E359" t="s">
         <v>18</v>
       </c>
       <c r="F359" t="s">
-        <v>980</v>
+        <v>1023</v>
       </c>
       <c r="G359" t="s">
         <v>20</v>
       </c>
       <c r="H359">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I359">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="J359">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K359" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L359" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="M359" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N359" t="s">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="O359" t="s">
-        <v>1012</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>105831</v>
+        <v>128361</v>
       </c>
       <c r="B360" t="s">
         <v>15</v>
       </c>
       <c r="C360" t="s">
-        <v>1013</v>
+        <v>1031</v>
       </c>
       <c r="D360" t="s">
-        <v>366</v>
+        <v>1032</v>
       </c>
       <c r="E360" t="s">
         <v>18</v>
       </c>
       <c r="F360" t="s">
-        <v>980</v>
+        <v>1023</v>
       </c>
       <c r="G360" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H360">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I360">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="J360">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K360" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L360" t="s">
-        <v>147</v>
+        <v>76</v>
       </c>
       <c r="M360" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N360" t="s">
-        <v>368</v>
+        <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>1014</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>105989</v>
+        <v>128362</v>
       </c>
       <c r="B361" t="s">
         <v>15</v>
       </c>
       <c r="C361" t="s">
-        <v>1015</v>
+        <v>1034</v>
       </c>
       <c r="D361" t="s">
-        <v>46</v>
+        <v>943</v>
       </c>
       <c r="E361" t="s">
         <v>18</v>
       </c>
       <c r="F361" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="G361" t="s">
         <v>20</v>
       </c>
       <c r="H361">
         <v>6</v>
       </c>
       <c r="I361">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J361">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K361" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L361" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="M361" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N361" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="O361" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>105990</v>
+        <v>128363</v>
       </c>
       <c r="B362" t="s">
         <v>15</v>
       </c>
       <c r="C362" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="D362" t="s">
-        <v>1019</v>
+        <v>940</v>
       </c>
       <c r="E362" t="s">
         <v>18</v>
       </c>
       <c r="F362" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="G362" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H362">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I362">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J362">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K362" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="L362" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="M362" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="N362" t="s">
-        <v>264</v>
+        <v>23</v>
       </c>
       <c r="O362" t="s">
-        <v>1020</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>105991</v>
+        <v>128364</v>
       </c>
       <c r="B363" t="s">
         <v>15</v>
       </c>
       <c r="C363" t="s">
-        <v>1021</v>
+        <v>1038</v>
       </c>
       <c r="D363" t="s">
-        <v>622</v>
+        <v>153</v>
       </c>
       <c r="E363" t="s">
         <v>18</v>
       </c>
       <c r="F363" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="G363" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H363">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I363">
         <v>1</v>
       </c>
       <c r="J363">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K363" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L363" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M363" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N363" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
       <c r="O363" t="s">
-        <v>1022</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>105992</v>
+        <v>128365</v>
       </c>
       <c r="B364" t="s">
         <v>15</v>
       </c>
       <c r="C364" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D364" t="s">
+        <v>538</v>
+      </c>
+      <c r="E364" t="s">
+        <v>18</v>
+      </c>
+      <c r="F364" t="s">
         <v>1023</v>
       </c>
-      <c r="D364" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G364" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H364">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I364">
         <v>2</v>
       </c>
       <c r="J364">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K364" t="s">
         <v>21</v>
       </c>
       <c r="L364" t="s">
         <v>27</v>
       </c>
       <c r="M364" t="s">
         <v>21</v>
       </c>
       <c r="N364" t="s">
-        <v>161</v>
+        <v>247</v>
       </c>
       <c r="O364" t="s">
-        <v>1024</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>105993</v>
+        <v>128366</v>
       </c>
       <c r="B365" t="s">
         <v>15</v>
       </c>
       <c r="C365" t="s">
-        <v>1025</v>
+        <v>1042</v>
       </c>
       <c r="D365" t="s">
-        <v>17</v>
+        <v>1043</v>
       </c>
       <c r="E365" t="s">
         <v>18</v>
       </c>
       <c r="F365" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="G365" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H365">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I365">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J365">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K365" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L365" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M365" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N365" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="O365" t="s">
-        <v>1026</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>105994</v>
+        <v>128367</v>
       </c>
       <c r="B366" t="s">
         <v>15</v>
       </c>
       <c r="C366" t="s">
-        <v>1027</v>
+        <v>1045</v>
       </c>
       <c r="D366" t="s">
-        <v>26</v>
+        <v>467</v>
       </c>
       <c r="E366" t="s">
         <v>18</v>
       </c>
       <c r="F366" t="s">
-        <v>1016</v>
+        <v>1046</v>
       </c>
       <c r="G366" t="s">
         <v>20</v>
       </c>
       <c r="H366">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I366">
+        <v>1</v>
+      </c>
+      <c r="J366">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="K366" t="s">
         <v>21</v>
       </c>
       <c r="L366" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M366" t="s">
         <v>21</v>
       </c>
       <c r="N366" t="s">
-        <v>28</v>
+        <v>261</v>
       </c>
       <c r="O366" t="s">
-        <v>1028</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>105995</v>
+        <v>128368</v>
       </c>
       <c r="B367" t="s">
         <v>15</v>
       </c>
       <c r="C367" t="s">
-        <v>1029</v>
+        <v>1048</v>
       </c>
       <c r="D367" t="s">
-        <v>31</v>
+        <v>535</v>
       </c>
       <c r="E367" t="s">
         <v>18</v>
       </c>
       <c r="F367" t="s">
-        <v>1016</v>
+        <v>1046</v>
       </c>
       <c r="G367" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H367">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I367">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J367">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K367" t="s">
         <v>21</v>
       </c>
       <c r="L367" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M367" t="s">
         <v>21</v>
       </c>
       <c r="N367" t="s">
-        <v>33</v>
+        <v>257</v>
       </c>
       <c r="O367" t="s">
-        <v>1030</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>105996</v>
+        <v>128369</v>
       </c>
       <c r="B368" t="s">
         <v>15</v>
       </c>
       <c r="C368" t="s">
-        <v>1031</v>
+        <v>1050</v>
       </c>
       <c r="D368" t="s">
-        <v>51</v>
+        <v>240</v>
       </c>
       <c r="E368" t="s">
         <v>18</v>
       </c>
       <c r="F368" t="s">
-        <v>1016</v>
+        <v>1046</v>
       </c>
       <c r="G368" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H368">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I368">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J368">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K368" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L368" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M368" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N368" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="O368" t="s">
-        <v>1032</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>105997</v>
+        <v>128370</v>
       </c>
       <c r="B369" t="s">
         <v>15</v>
       </c>
       <c r="C369" t="s">
-        <v>1033</v>
+        <v>1052</v>
       </c>
       <c r="D369" t="s">
-        <v>337</v>
+        <v>243</v>
       </c>
       <c r="E369" t="s">
         <v>18</v>
       </c>
       <c r="F369" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="G369" t="s">
         <v>20</v>
       </c>
       <c r="H369">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I369">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J369">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K369" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L369" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M369" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N369" t="s">
-        <v>338</v>
+        <v>147</v>
       </c>
       <c r="O369" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>105998</v>
+        <v>128371</v>
       </c>
       <c r="B370" t="s">
         <v>15</v>
       </c>
       <c r="C370" t="s">
-        <v>1036</v>
+        <v>1054</v>
       </c>
       <c r="D370" t="s">
-        <v>354</v>
+        <v>260</v>
       </c>
       <c r="E370" t="s">
         <v>18</v>
       </c>
       <c r="F370" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="G370" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H370">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I370">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J370">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K370" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L370" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M370" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N370" t="s">
-        <v>173</v>
+        <v>261</v>
       </c>
       <c r="O370" t="s">
-        <v>1037</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>105999</v>
+        <v>128372</v>
       </c>
       <c r="B371" t="s">
         <v>15</v>
       </c>
       <c r="C371" t="s">
-        <v>1038</v>
+        <v>1056</v>
       </c>
       <c r="D371" t="s">
-        <v>341</v>
+        <v>286</v>
       </c>
       <c r="E371" t="s">
         <v>18</v>
       </c>
       <c r="F371" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G371" t="s">
         <v>20</v>
       </c>
       <c r="H371">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I371">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J371">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K371" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L371" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M371" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N371" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="O371" t="s">
-        <v>1039</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>106000</v>
+        <v>128373</v>
       </c>
       <c r="B372" t="s">
         <v>15</v>
       </c>
       <c r="C372" t="s">
-        <v>1040</v>
+        <v>1059</v>
       </c>
       <c r="D372" t="s">
-        <v>407</v>
+        <v>129</v>
       </c>
       <c r="E372" t="s">
         <v>18</v>
       </c>
       <c r="F372" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G372" t="s">
         <v>20</v>
       </c>
       <c r="H372">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I372">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J372">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K372" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L372" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="M372" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N372" t="s">
-        <v>408</v>
+        <v>130</v>
       </c>
       <c r="O372" t="s">
-        <v>1041</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>106001</v>
+        <v>128374</v>
       </c>
       <c r="B373" t="s">
         <v>15</v>
       </c>
       <c r="C373" t="s">
-        <v>1042</v>
+        <v>1061</v>
       </c>
       <c r="D373" t="s">
-        <v>243</v>
+        <v>594</v>
       </c>
       <c r="E373" t="s">
         <v>18</v>
       </c>
       <c r="F373" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G373" t="s">
         <v>20</v>
       </c>
       <c r="H373">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I373">
+        <v>3</v>
+      </c>
+      <c r="J373">
         <v>5</v>
       </c>
-      <c r="J373">
-[...1 lines deleted...]
-      </c>
       <c r="K373" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L373" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M373" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N373" t="s">
-        <v>244</v>
+        <v>162</v>
       </c>
       <c r="O373" t="s">
-        <v>1043</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>106002</v>
+        <v>128375</v>
       </c>
       <c r="B374" t="s">
         <v>15</v>
       </c>
       <c r="C374" t="s">
-        <v>1044</v>
+        <v>1063</v>
       </c>
       <c r="D374" t="s">
-        <v>311</v>
+        <v>133</v>
       </c>
       <c r="E374" t="s">
         <v>18</v>
       </c>
       <c r="F374" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G374" t="s">
         <v>20</v>
       </c>
       <c r="H374">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I374">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J374">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K374" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L374" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="M374" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N374" t="s">
-        <v>312</v>
+        <v>134</v>
       </c>
       <c r="O374" t="s">
-        <v>1045</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>106003</v>
+        <v>128376</v>
       </c>
       <c r="B375" t="s">
         <v>15</v>
       </c>
       <c r="C375" t="s">
-        <v>1046</v>
+        <v>1065</v>
       </c>
       <c r="D375" t="s">
-        <v>190</v>
+        <v>236</v>
       </c>
       <c r="E375" t="s">
         <v>18</v>
       </c>
       <c r="F375" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G375" t="s">
         <v>20</v>
       </c>
       <c r="H375">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I375">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J375">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K375" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L375" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="M375" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N375" t="s">
-        <v>108</v>
+        <v>237</v>
       </c>
       <c r="O375" t="s">
-        <v>1047</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>106004</v>
+        <v>128377</v>
       </c>
       <c r="B376" t="s">
         <v>15</v>
       </c>
       <c r="C376" t="s">
-        <v>1048</v>
+        <v>1067</v>
       </c>
       <c r="D376" t="s">
-        <v>298</v>
+        <v>522</v>
       </c>
       <c r="E376" t="s">
         <v>18</v>
       </c>
       <c r="F376" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G376" t="s">
         <v>20</v>
       </c>
       <c r="H376">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I376">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J376">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K376" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L376" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="M376" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N376" t="s">
-        <v>291</v>
+        <v>154</v>
       </c>
       <c r="O376" t="s">
-        <v>1049</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>106005</v>
+        <v>128378</v>
       </c>
       <c r="B377" t="s">
         <v>15</v>
       </c>
       <c r="C377" t="s">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="D377" t="s">
-        <v>304</v>
+        <v>1070</v>
       </c>
       <c r="E377" t="s">
         <v>18</v>
       </c>
       <c r="F377" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G377" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H377">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I377">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="J377">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K377" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L377" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="M377" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N377" t="s">
-        <v>275</v>
+        <v>214</v>
       </c>
       <c r="O377" t="s">
-        <v>1051</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>106006</v>
+        <v>128379</v>
       </c>
       <c r="B378" t="s">
         <v>15</v>
       </c>
       <c r="C378" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="D378" t="s">
-        <v>371</v>
+        <v>541</v>
       </c>
       <c r="E378" t="s">
         <v>18</v>
       </c>
       <c r="F378" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G378" t="s">
         <v>20</v>
       </c>
       <c r="H378">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I378">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J378">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K378" t="s">
         <v>21</v>
       </c>
       <c r="L378" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="M378" t="s">
         <v>21</v>
       </c>
       <c r="N378" t="s">
-        <v>271</v>
+        <v>233</v>
       </c>
       <c r="O378" t="s">
-        <v>1053</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>106007</v>
+        <v>128380</v>
       </c>
       <c r="B379" t="s">
         <v>15</v>
       </c>
       <c r="C379" t="s">
-        <v>1054</v>
+        <v>1074</v>
       </c>
       <c r="D379" t="s">
-        <v>366</v>
+        <v>576</v>
       </c>
       <c r="E379" t="s">
         <v>18</v>
       </c>
       <c r="F379" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G379" t="s">
         <v>20</v>
       </c>
       <c r="H379">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I379">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="J379">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K379" t="s">
         <v>21</v>
       </c>
       <c r="L379" t="s">
-        <v>143</v>
+        <v>27</v>
       </c>
       <c r="M379" t="s">
         <v>21</v>
       </c>
       <c r="N379" t="s">
-        <v>368</v>
+        <v>274</v>
       </c>
       <c r="O379" t="s">
-        <v>1055</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>106008</v>
+        <v>128381</v>
       </c>
       <c r="B380" t="s">
         <v>15</v>
       </c>
       <c r="C380" t="s">
-        <v>1056</v>
+        <v>1076</v>
       </c>
       <c r="D380" t="s">
-        <v>374</v>
+        <v>253</v>
       </c>
       <c r="E380" t="s">
         <v>18</v>
       </c>
       <c r="F380" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G380" t="s">
         <v>20</v>
       </c>
       <c r="H380">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I380">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="J380">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K380" t="s">
         <v>21</v>
       </c>
       <c r="L380" t="s">
-        <v>147</v>
+        <v>22</v>
       </c>
       <c r="M380" t="s">
         <v>21</v>
       </c>
       <c r="N380" t="s">
-        <v>375</v>
+        <v>199</v>
       </c>
       <c r="O380" t="s">
-        <v>1057</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>106009</v>
+        <v>128382</v>
       </c>
       <c r="B381" t="s">
         <v>15</v>
       </c>
       <c r="C381" t="s">
-        <v>1058</v>
+        <v>1078</v>
       </c>
       <c r="D381" t="s">
-        <v>216</v>
+        <v>579</v>
       </c>
       <c r="E381" t="s">
         <v>18</v>
       </c>
       <c r="F381" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="G381" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H381">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I381">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="J381">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K381" t="s">
         <v>21</v>
       </c>
       <c r="L381" t="s">
-        <v>152</v>
+        <v>76</v>
       </c>
       <c r="M381" t="s">
         <v>21</v>
       </c>
       <c r="N381" t="s">
-        <v>100</v>
+        <v>192</v>
       </c>
       <c r="O381" t="s">
-        <v>1059</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>106010</v>
+        <v>128383</v>
       </c>
       <c r="B382" t="s">
         <v>15</v>
       </c>
       <c r="C382" t="s">
-        <v>1060</v>
+        <v>1080</v>
       </c>
       <c r="D382" t="s">
-        <v>212</v>
+        <v>557</v>
       </c>
       <c r="E382" t="s">
         <v>18</v>
       </c>
       <c r="F382" t="s">
-        <v>1034</v>
+        <v>1081</v>
       </c>
       <c r="G382" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H382">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I382">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="J382">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K382" t="s">
         <v>21</v>
       </c>
       <c r="L382" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="M382" t="s">
         <v>21</v>
       </c>
       <c r="N382" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
       <c r="O382" t="s">
-        <v>1061</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>106011</v>
+        <v>128384</v>
       </c>
       <c r="B383" t="s">
         <v>15</v>
       </c>
       <c r="C383" t="s">
-        <v>1062</v>
+        <v>1083</v>
       </c>
       <c r="D383" t="s">
-        <v>392</v>
+        <v>243</v>
       </c>
       <c r="E383" t="s">
         <v>18</v>
       </c>
       <c r="F383" t="s">
-        <v>1034</v>
+        <v>1081</v>
       </c>
       <c r="G383" t="s">
         <v>20</v>
       </c>
       <c r="H383">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I383">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="J383">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K383" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L383" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="M383" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N383" t="s">
-        <v>264</v>
+        <v>147</v>
       </c>
       <c r="O383" t="s">
-        <v>1063</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>106012</v>
+        <v>128385</v>
       </c>
       <c r="B384" t="s">
         <v>15</v>
       </c>
       <c r="C384" t="s">
-        <v>1064</v>
+        <v>1085</v>
       </c>
       <c r="D384" t="s">
-        <v>146</v>
+        <v>240</v>
       </c>
       <c r="E384" t="s">
         <v>18</v>
       </c>
       <c r="F384" t="s">
-        <v>1034</v>
+        <v>1081</v>
       </c>
       <c r="G384" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H384">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I384">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J384">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K384" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L384" t="s">
-        <v>256</v>
+        <v>27</v>
       </c>
       <c r="M384" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N384" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="O384" t="s">
-        <v>1065</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>106013</v>
+        <v>128386</v>
       </c>
       <c r="B385" t="s">
         <v>15</v>
       </c>
       <c r="C385" t="s">
-        <v>1066</v>
+        <v>1087</v>
       </c>
       <c r="D385" t="s">
-        <v>613</v>
+        <v>236</v>
       </c>
       <c r="E385" t="s">
         <v>18</v>
       </c>
       <c r="F385" t="s">
-        <v>1034</v>
+        <v>1081</v>
       </c>
       <c r="G385" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H385">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I385">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J385">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K385" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L385" t="s">
         <v>22</v>
       </c>
       <c r="M385" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N385" t="s">
-        <v>334</v>
+        <v>237</v>
       </c>
       <c r="O385" t="s">
-        <v>1067</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>106014</v>
+        <v>128387</v>
       </c>
       <c r="B386" t="s">
         <v>15</v>
       </c>
       <c r="C386" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="D386" t="s">
-        <v>616</v>
+        <v>133</v>
       </c>
       <c r="E386" t="s">
         <v>18</v>
       </c>
       <c r="F386" t="s">
-        <v>1034</v>
+        <v>1090</v>
       </c>
       <c r="G386" t="s">
         <v>20</v>
       </c>
       <c r="H386">
         <v>4</v>
       </c>
       <c r="I386">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J386">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K386" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L386" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M386" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N386" t="s">
-        <v>325</v>
+        <v>134</v>
       </c>
       <c r="O386" t="s">
-        <v>1069</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>106015</v>
+        <v>128388</v>
       </c>
       <c r="B387" t="s">
         <v>15</v>
       </c>
       <c r="C387" t="s">
-        <v>1070</v>
+        <v>1092</v>
       </c>
       <c r="D387" t="s">
-        <v>589</v>
+        <v>93</v>
       </c>
       <c r="E387" t="s">
         <v>18</v>
       </c>
       <c r="F387" t="s">
-        <v>1034</v>
+        <v>1090</v>
       </c>
       <c r="G387" t="s">
         <v>20</v>
       </c>
       <c r="H387">
         <v>4</v>
       </c>
       <c r="I387">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J387">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K387" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L387" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M387" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N387" t="s">
-        <v>129</v>
+        <v>95</v>
       </c>
       <c r="O387" t="s">
-        <v>1071</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>106016</v>
+        <v>128389</v>
       </c>
       <c r="B388" t="s">
         <v>15</v>
       </c>
       <c r="C388" t="s">
-        <v>1072</v>
+        <v>1094</v>
       </c>
       <c r="D388" t="s">
-        <v>722</v>
+        <v>98</v>
       </c>
       <c r="E388" t="s">
         <v>18</v>
       </c>
       <c r="F388" t="s">
-        <v>1034</v>
+        <v>1090</v>
       </c>
       <c r="G388" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H388">
         <v>4</v>
       </c>
       <c r="I388">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J388">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K388" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L388" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M388" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N388" t="s">
-        <v>348</v>
+        <v>100</v>
       </c>
       <c r="O388" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>106017</v>
+        <v>128390</v>
       </c>
       <c r="B389" t="s">
         <v>15</v>
       </c>
       <c r="C389" t="s">
-        <v>1074</v>
+        <v>1096</v>
       </c>
       <c r="D389" t="s">
-        <v>1075</v>
+        <v>59</v>
       </c>
       <c r="E389" t="s">
         <v>18</v>
       </c>
       <c r="F389" t="s">
-        <v>1034</v>
+        <v>1090</v>
       </c>
       <c r="G389" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H389">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I389">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J389">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K389" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="L389" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="M389" t="s">
-        <v>168</v>
+        <v>38</v>
       </c>
       <c r="N389" t="s">
-        <v>275</v>
+        <v>60</v>
       </c>
       <c r="O389" t="s">
-        <v>1076</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>106018</v>
+        <v>128391</v>
       </c>
       <c r="B390" t="s">
         <v>15</v>
       </c>
       <c r="C390" t="s">
-        <v>1077</v>
+        <v>1098</v>
       </c>
       <c r="D390" t="s">
-        <v>46</v>
+        <v>250</v>
       </c>
       <c r="E390" t="s">
         <v>18</v>
       </c>
       <c r="F390" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="G390" t="s">
         <v>20</v>
       </c>
       <c r="H390">
+        <v>3</v>
+      </c>
+      <c r="I390">
+        <v>1</v>
+      </c>
+      <c r="J390">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="K390" t="s">
         <v>21</v>
       </c>
       <c r="L390" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M390" t="s">
         <v>21</v>
       </c>
       <c r="N390" t="s">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="O390" t="s">
-        <v>1079</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>106019</v>
+        <v>128392</v>
       </c>
       <c r="B391" t="s">
         <v>15</v>
       </c>
       <c r="C391" t="s">
-        <v>1080</v>
+        <v>1100</v>
       </c>
       <c r="D391" t="s">
-        <v>51</v>
+        <v>279</v>
       </c>
       <c r="E391" t="s">
         <v>18</v>
       </c>
       <c r="F391" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="G391" t="s">
         <v>20</v>
       </c>
       <c r="H391">
+        <v>3</v>
+      </c>
+      <c r="I391">
+        <v>2</v>
+      </c>
+      <c r="J391">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="K391" t="s">
         <v>21</v>
       </c>
       <c r="L391" t="s">
         <v>27</v>
       </c>
       <c r="M391" t="s">
         <v>21</v>
       </c>
       <c r="N391" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="O391" t="s">
-        <v>1081</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>106020</v>
+        <v>128393</v>
       </c>
       <c r="B392" t="s">
         <v>15</v>
       </c>
       <c r="C392" t="s">
-        <v>1082</v>
+        <v>1102</v>
       </c>
       <c r="D392" t="s">
-        <v>41</v>
+        <v>184</v>
       </c>
       <c r="E392" t="s">
         <v>18</v>
       </c>
       <c r="F392" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="G392" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H392">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I392">
         <v>3</v>
       </c>
       <c r="J392">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K392" t="s">
         <v>21</v>
       </c>
       <c r="L392" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M392" t="s">
         <v>21</v>
       </c>
       <c r="N392" t="s">
-        <v>43</v>
+        <v>111</v>
       </c>
       <c r="O392" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>106021</v>
+        <v>128394</v>
       </c>
       <c r="B393" t="s">
         <v>15</v>
       </c>
       <c r="C393" t="s">
-        <v>1084</v>
+        <v>1104</v>
       </c>
       <c r="D393" t="s">
-        <v>146</v>
+        <v>1105</v>
       </c>
       <c r="E393" t="s">
         <v>18</v>
       </c>
       <c r="F393" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="G393" t="s">
         <v>20</v>
       </c>
       <c r="H393">
+        <v>2</v>
+      </c>
+      <c r="I393">
+        <v>1</v>
+      </c>
+      <c r="J393">
         <v>5</v>
       </c>
-      <c r="I393">
-[...4 lines deleted...]
-      </c>
       <c r="K393" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L393" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M393" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N393" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="O393" t="s">
-        <v>1085</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>106022</v>
+        <v>128395</v>
       </c>
       <c r="B394" t="s">
         <v>15</v>
       </c>
       <c r="C394" t="s">
-        <v>1086</v>
+        <v>1107</v>
       </c>
       <c r="D394" t="s">
-        <v>151</v>
+        <v>1108</v>
       </c>
       <c r="E394" t="s">
         <v>18</v>
       </c>
       <c r="F394" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="G394" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H394">
+        <v>2</v>
+      </c>
+      <c r="I394">
+        <v>2</v>
+      </c>
+      <c r="J394">
         <v>5</v>
       </c>
-      <c r="I394">
-[...4 lines deleted...]
-      </c>
       <c r="K394" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L394" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M394" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N394" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O394" t="s">
-        <v>1087</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>106023</v>
+        <v>128396</v>
       </c>
       <c r="B395" t="s">
         <v>15</v>
       </c>
       <c r="C395" t="s">
-        <v>1088</v>
+        <v>1110</v>
       </c>
       <c r="D395" t="s">
-        <v>378</v>
+        <v>98</v>
       </c>
       <c r="E395" t="s">
         <v>18</v>
       </c>
       <c r="F395" t="s">
-        <v>1078</v>
+        <v>1111</v>
       </c>
       <c r="G395" t="s">
         <v>20</v>
       </c>
       <c r="H395">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I395">
         <v>1</v>
       </c>
       <c r="J395">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K395" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L395" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M395" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N395" t="s">
-        <v>271</v>
+        <v>100</v>
       </c>
       <c r="O395" t="s">
-        <v>1089</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>106024</v>
+        <v>128397</v>
       </c>
       <c r="B396" t="s">
         <v>15</v>
       </c>
       <c r="C396" t="s">
-        <v>1090</v>
+        <v>1113</v>
       </c>
       <c r="D396" t="s">
-        <v>450</v>
+        <v>286</v>
       </c>
       <c r="E396" t="s">
         <v>18</v>
       </c>
       <c r="F396" t="s">
-        <v>1078</v>
+        <v>1111</v>
       </c>
       <c r="G396" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H396">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I396">
         <v>2</v>
       </c>
       <c r="J396">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K396" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L396" t="s">
         <v>27</v>
       </c>
       <c r="M396" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N396" t="s">
-        <v>338</v>
+        <v>166</v>
       </c>
       <c r="O396" t="s">
-        <v>1091</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>106025</v>
+        <v>128398</v>
       </c>
       <c r="B397" t="s">
         <v>15</v>
       </c>
       <c r="C397" t="s">
-        <v>1092</v>
+        <v>1115</v>
       </c>
       <c r="D397" t="s">
-        <v>417</v>
+        <v>67</v>
       </c>
       <c r="E397" t="s">
         <v>18</v>
       </c>
       <c r="F397" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="G397" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H397">
         <v>3</v>
       </c>
       <c r="I397">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J397">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K397" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L397" t="s">
         <v>22</v>
       </c>
       <c r="M397" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="N397" t="s">
-        <v>368</v>
+        <v>68</v>
       </c>
       <c r="O397" t="s">
-        <v>1094</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>106026</v>
+        <v>128399</v>
       </c>
       <c r="B398" t="s">
         <v>15</v>
       </c>
       <c r="C398" t="s">
-        <v>1095</v>
+        <v>1117</v>
       </c>
       <c r="D398" t="s">
-        <v>476</v>
+        <v>26</v>
       </c>
       <c r="E398" t="s">
         <v>18</v>
       </c>
       <c r="F398" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="G398" t="s">
         <v>20</v>
       </c>
       <c r="H398">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I398">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J398">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K398" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L398" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M398" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N398" t="s">
-        <v>375</v>
+        <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>1096</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>106027</v>
+        <v>128400</v>
       </c>
       <c r="B399" t="s">
         <v>15</v>
       </c>
       <c r="C399" t="s">
-        <v>1097</v>
+        <v>1119</v>
       </c>
       <c r="D399" t="s">
-        <v>1098</v>
+        <v>213</v>
       </c>
       <c r="E399" t="s">
         <v>18</v>
       </c>
       <c r="F399" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="G399" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H399">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I399">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J399">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K399" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="L399" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M399" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="N399" t="s">
-        <v>408</v>
+        <v>214</v>
       </c>
       <c r="O399" t="s">
-        <v>1099</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>106028</v>
+        <v>128401</v>
       </c>
       <c r="B400" t="s">
         <v>15</v>
       </c>
       <c r="C400" t="s">
-        <v>1100</v>
+        <v>1121</v>
       </c>
       <c r="D400" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="E400" t="s">
         <v>18</v>
       </c>
       <c r="F400" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="G400" t="s">
         <v>20</v>
       </c>
       <c r="H400">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I400">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J400">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K400" t="s">
         <v>21</v>
       </c>
       <c r="L400" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M400" t="s">
         <v>21</v>
       </c>
       <c r="N400" t="s">
-        <v>137</v>
+        <v>56</v>
       </c>
       <c r="O400" t="s">
-        <v>1101</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>106029</v>
+        <v>128402</v>
       </c>
       <c r="B401" t="s">
         <v>15</v>
       </c>
       <c r="C401" t="s">
-        <v>1102</v>
+        <v>1123</v>
       </c>
       <c r="D401" t="s">
-        <v>128</v>
+        <v>1124</v>
       </c>
       <c r="E401" t="s">
         <v>18</v>
       </c>
       <c r="F401" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="G401" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H401">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I401">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J401">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K401" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L401" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M401" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N401" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="O401" t="s">
-        <v>1103</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>106030</v>
+        <v>128403</v>
       </c>
       <c r="B402" t="s">
         <v>15</v>
       </c>
       <c r="C402" t="s">
-        <v>1104</v>
+        <v>1126</v>
       </c>
       <c r="D402" t="s">
-        <v>347</v>
+        <v>209</v>
       </c>
       <c r="E402" t="s">
         <v>18</v>
       </c>
       <c r="F402" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="G402" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H402">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I402">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J402">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K402" t="s">
         <v>21</v>
       </c>
       <c r="L402" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M402" t="s">
         <v>21</v>
       </c>
       <c r="N402" t="s">
-        <v>348</v>
+        <v>210</v>
       </c>
       <c r="O402" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>106031</v>
+        <v>128404</v>
       </c>
       <c r="B403" t="s">
         <v>15</v>
       </c>
       <c r="C403" t="s">
-        <v>1106</v>
+        <v>1128</v>
       </c>
       <c r="D403" t="s">
-        <v>328</v>
+        <v>594</v>
       </c>
       <c r="E403" t="s">
         <v>18</v>
       </c>
       <c r="F403" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G403" t="s">
         <v>20</v>
       </c>
       <c r="H403">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I403">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J403">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K403" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L403" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M403" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N403" t="s">
-        <v>279</v>
+        <v>162</v>
       </c>
       <c r="O403" t="s">
-        <v>1107</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>106032</v>
+        <v>128405</v>
       </c>
       <c r="B404" t="s">
         <v>15</v>
       </c>
       <c r="C404" t="s">
-        <v>1108</v>
+        <v>1131</v>
       </c>
       <c r="D404" t="s">
-        <v>324</v>
+        <v>129</v>
       </c>
       <c r="E404" t="s">
         <v>18</v>
       </c>
       <c r="F404" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G404" t="s">
         <v>20</v>
       </c>
       <c r="H404">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I404">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J404">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K404" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L404" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M404" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N404" t="s">
-        <v>325</v>
+        <v>130</v>
       </c>
       <c r="O404" t="s">
-        <v>1109</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>106033</v>
+        <v>128406</v>
       </c>
       <c r="B405" t="s">
         <v>15</v>
       </c>
       <c r="C405" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="D405" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="E405" t="s">
         <v>18</v>
       </c>
       <c r="F405" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G405" t="s">
         <v>20</v>
       </c>
       <c r="H405">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I405">
+        <v>3</v>
+      </c>
+      <c r="J405">
         <v>6</v>
       </c>
-      <c r="J405">
-[...1 lines deleted...]
-      </c>
       <c r="K405" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L405" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="M405" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N405" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="O405" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>106034</v>
+        <v>128407</v>
       </c>
       <c r="B406" t="s">
         <v>15</v>
       </c>
       <c r="C406" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="D406" t="s">
-        <v>118</v>
+        <v>63</v>
       </c>
       <c r="E406" t="s">
         <v>18</v>
       </c>
       <c r="F406" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G406" t="s">
         <v>20</v>
       </c>
       <c r="H406">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I406">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="J406">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K406" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L406" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="M406" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N406" t="s">
-        <v>119</v>
+        <v>64</v>
       </c>
       <c r="O406" t="s">
-        <v>1113</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>106035</v>
+        <v>128408</v>
       </c>
       <c r="B407" t="s">
         <v>15</v>
       </c>
       <c r="C407" t="s">
-        <v>1114</v>
+        <v>1137</v>
       </c>
       <c r="D407" t="s">
-        <v>351</v>
+        <v>67</v>
       </c>
       <c r="E407" t="s">
         <v>18</v>
       </c>
       <c r="F407" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G407" t="s">
         <v>20</v>
       </c>
       <c r="H407">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I407">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J407">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K407" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L407" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="M407" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N407" t="s">
-        <v>321</v>
+        <v>68</v>
       </c>
       <c r="O407" t="s">
-        <v>1115</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>106036</v>
+        <v>128409</v>
       </c>
       <c r="B408" t="s">
         <v>15</v>
       </c>
       <c r="C408" t="s">
-        <v>1116</v>
+        <v>1139</v>
       </c>
       <c r="D408" t="s">
-        <v>132</v>
+        <v>103</v>
       </c>
       <c r="E408" t="s">
         <v>18</v>
       </c>
       <c r="F408" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G408" t="s">
         <v>20</v>
       </c>
       <c r="H408">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I408">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="J408">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K408" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L408" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="M408" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N408" t="s">
-        <v>133</v>
+        <v>105</v>
       </c>
       <c r="O408" t="s">
-        <v>1117</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>106037</v>
+        <v>128410</v>
       </c>
       <c r="B409" t="s">
         <v>15</v>
       </c>
       <c r="C409" t="s">
-        <v>1118</v>
+        <v>1141</v>
       </c>
       <c r="D409" t="s">
-        <v>333</v>
+        <v>300</v>
       </c>
       <c r="E409" t="s">
         <v>18</v>
       </c>
       <c r="F409" t="s">
-        <v>1093</v>
+        <v>1129</v>
       </c>
       <c r="G409" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H409">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I409">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="J409">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K409" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="L409" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M409" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="N409" t="s">
-        <v>334</v>
+        <v>170</v>
       </c>
       <c r="O409" t="s">
-        <v>1119</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>106038</v>
+        <v>128411</v>
       </c>
       <c r="B410" t="s">
         <v>15</v>
       </c>
       <c r="C410" t="s">
-        <v>1120</v>
+        <v>1143</v>
       </c>
       <c r="D410" t="s">
-        <v>223</v>
+        <v>1144</v>
       </c>
       <c r="E410" t="s">
         <v>18</v>
       </c>
       <c r="F410" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G410" t="s">
         <v>20</v>
       </c>
       <c r="H410">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I410">
         <v>1</v>
       </c>
       <c r="J410">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K410" t="s">
         <v>21</v>
       </c>
       <c r="L410" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M410" t="s">
         <v>21</v>
       </c>
       <c r="N410" t="s">
-        <v>224</v>
+        <v>794</v>
       </c>
       <c r="O410" t="s">
-        <v>1122</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>106039</v>
+        <v>128412</v>
       </c>
       <c r="B411" t="s">
         <v>15</v>
       </c>
       <c r="C411" t="s">
-        <v>1123</v>
+        <v>1146</v>
       </c>
       <c r="D411" t="s">
-        <v>227</v>
+        <v>1147</v>
       </c>
       <c r="E411" t="s">
         <v>18</v>
       </c>
       <c r="F411" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G411" t="s">
         <v>20</v>
       </c>
       <c r="H411">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I411">
         <v>2</v>
       </c>
       <c r="J411">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K411" t="s">
         <v>21</v>
       </c>
       <c r="L411" t="s">
         <v>27</v>
       </c>
       <c r="M411" t="s">
         <v>21</v>
       </c>
       <c r="N411" t="s">
-        <v>228</v>
+        <v>763</v>
       </c>
       <c r="O411" t="s">
-        <v>1124</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>106040</v>
+        <v>128413</v>
       </c>
       <c r="B412" t="s">
         <v>15</v>
       </c>
       <c r="C412" t="s">
-        <v>1125</v>
+        <v>1149</v>
       </c>
       <c r="D412" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="E412" t="s">
         <v>18</v>
       </c>
       <c r="F412" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G412" t="s">
         <v>20</v>
       </c>
       <c r="H412">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I412">
         <v>3</v>
       </c>
       <c r="J412">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K412" t="s">
         <v>21</v>
       </c>
       <c r="L412" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M412" t="s">
         <v>21</v>
       </c>
       <c r="N412" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="O412" t="s">
-        <v>1126</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>106041</v>
+        <v>128414</v>
       </c>
       <c r="B413" t="s">
         <v>15</v>
       </c>
       <c r="C413" t="s">
-        <v>1127</v>
+        <v>1151</v>
       </c>
       <c r="D413" t="s">
-        <v>239</v>
+        <v>1152</v>
       </c>
       <c r="E413" t="s">
         <v>18</v>
       </c>
       <c r="F413" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G413" t="s">
         <v>20</v>
       </c>
       <c r="H413">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I413">
         <v>4</v>
       </c>
       <c r="J413">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K413" t="s">
         <v>21</v>
       </c>
       <c r="L413" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="M413" t="s">
         <v>21</v>
       </c>
       <c r="N413" t="s">
-        <v>240</v>
+        <v>759</v>
       </c>
       <c r="O413" t="s">
-        <v>1128</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>106042</v>
+        <v>128415</v>
       </c>
       <c r="B414" t="s">
         <v>15</v>
       </c>
       <c r="C414" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D414" t="s">
+        <v>282</v>
+      </c>
+      <c r="E414" t="s">
+        <v>18</v>
+      </c>
+      <c r="F414" t="s">
         <v>1129</v>
       </c>
-      <c r="D414" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G414" t="s">
         <v>20</v>
       </c>
       <c r="H414">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I414">
         <v>5</v>
       </c>
       <c r="J414">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K414" t="s">
         <v>21</v>
       </c>
       <c r="L414" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="M414" t="s">
         <v>21</v>
       </c>
       <c r="N414" t="s">
-        <v>198</v>
+        <v>283</v>
       </c>
       <c r="O414" t="s">
-        <v>1130</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>106043</v>
+        <v>128416</v>
       </c>
       <c r="B415" t="s">
         <v>15</v>
       </c>
       <c r="C415" t="s">
-        <v>1131</v>
+        <v>1156</v>
       </c>
       <c r="D415" t="s">
-        <v>17</v>
+        <v>217</v>
       </c>
       <c r="E415" t="s">
         <v>18</v>
       </c>
       <c r="F415" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G415" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H415">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I415">
         <v>6</v>
       </c>
       <c r="J415">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K415" t="s">
         <v>21</v>
       </c>
       <c r="L415" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="M415" t="s">
         <v>21</v>
       </c>
       <c r="N415" t="s">
-        <v>23</v>
+        <v>220</v>
       </c>
       <c r="O415" t="s">
-        <v>1132</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>106044</v>
+        <v>128417</v>
       </c>
       <c r="B416" t="s">
         <v>15</v>
       </c>
       <c r="C416" t="s">
-        <v>1133</v>
+        <v>1158</v>
       </c>
       <c r="D416" t="s">
-        <v>26</v>
+        <v>1159</v>
       </c>
       <c r="E416" t="s">
         <v>18</v>
       </c>
       <c r="F416" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G416" t="s">
         <v>20</v>
       </c>
       <c r="H416">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I416">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J416">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K416" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L416" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M416" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N416" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="O416" t="s">
-        <v>1134</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>106045</v>
+        <v>128418</v>
       </c>
       <c r="B417" t="s">
         <v>15</v>
       </c>
       <c r="C417" t="s">
-        <v>1135</v>
+        <v>1161</v>
       </c>
       <c r="D417" t="s">
-        <v>231</v>
+        <v>1162</v>
       </c>
       <c r="E417" t="s">
         <v>18</v>
       </c>
       <c r="F417" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="G417" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H417">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I417">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J417">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K417" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="L417" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="M417" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="N417" t="s">
-        <v>232</v>
+        <v>130</v>
       </c>
       <c r="O417" t="s">
-        <v>1136</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>106046</v>
+        <v>128437</v>
       </c>
       <c r="B418" t="s">
         <v>15</v>
       </c>
       <c r="C418" t="s">
-        <v>1137</v>
+        <v>1164</v>
       </c>
       <c r="D418" t="s">
-        <v>235</v>
+        <v>377</v>
       </c>
       <c r="E418" t="s">
         <v>18</v>
       </c>
       <c r="F418" t="s">
-        <v>1121</v>
+        <v>1165</v>
       </c>
       <c r="G418" t="s">
         <v>20</v>
       </c>
       <c r="H418">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I418">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J418">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K418" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L418" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="M418" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N418" t="s">
-        <v>236</v>
+        <v>111</v>
       </c>
       <c r="O418" t="s">
-        <v>1138</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>106047</v>
+        <v>128438</v>
       </c>
       <c r="B419" t="s">
         <v>15</v>
       </c>
       <c r="C419" t="s">
-        <v>1139</v>
+        <v>1167</v>
       </c>
       <c r="D419" t="s">
-        <v>208</v>
+        <v>373</v>
       </c>
       <c r="E419" t="s">
         <v>18</v>
       </c>
       <c r="F419" t="s">
-        <v>1121</v>
+        <v>1165</v>
       </c>
       <c r="G419" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H419">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I419">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J419">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K419" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L419" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="M419" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N419" t="s">
-        <v>209</v>
+        <v>47</v>
       </c>
       <c r="O419" t="s">
-        <v>1140</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>106048</v>
+        <v>128439</v>
       </c>
       <c r="B420" t="s">
         <v>15</v>
       </c>
       <c r="C420" t="s">
-        <v>1141</v>
+        <v>1169</v>
       </c>
       <c r="D420" t="s">
-        <v>201</v>
+        <v>652</v>
       </c>
       <c r="E420" t="s">
         <v>18</v>
       </c>
       <c r="F420" t="s">
-        <v>1121</v>
+        <v>1165</v>
       </c>
       <c r="G420" t="s">
         <v>20</v>
       </c>
       <c r="H420">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I420">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J420">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K420" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L420" t="s">
-        <v>143</v>
+        <v>33</v>
       </c>
       <c r="M420" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N420" t="s">
-        <v>63</v>
+        <v>86</v>
       </c>
       <c r="O420" t="s">
-        <v>1142</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>106049</v>
+        <v>128440</v>
       </c>
       <c r="B421" t="s">
         <v>15</v>
       </c>
       <c r="C421" t="s">
-        <v>1143</v>
+        <v>1171</v>
       </c>
       <c r="D421" t="s">
-        <v>159</v>
+        <v>353</v>
       </c>
       <c r="E421" t="s">
         <v>18</v>
       </c>
       <c r="F421" t="s">
-        <v>1121</v>
+        <v>1165</v>
       </c>
       <c r="G421" t="s">
         <v>20</v>
       </c>
       <c r="H421">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I421">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="J421">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K421" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L421" t="s">
-        <v>147</v>
+        <v>27</v>
       </c>
       <c r="M421" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N421" t="s">
-        <v>161</v>
+        <v>230</v>
       </c>
       <c r="O421" t="s">
-        <v>1144</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>106050</v>
+        <v>128441</v>
       </c>
       <c r="B422" t="s">
         <v>15</v>
       </c>
       <c r="C422" t="s">
-        <v>1145</v>
+        <v>1173</v>
       </c>
       <c r="D422" t="s">
-        <v>251</v>
+        <v>1174</v>
       </c>
       <c r="E422" t="s">
         <v>18</v>
       </c>
       <c r="F422" t="s">
-        <v>1121</v>
+        <v>1175</v>
       </c>
       <c r="G422" t="s">
         <v>20</v>
       </c>
       <c r="H422">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I422">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="J422">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K422" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L422" t="s">
-        <v>152</v>
+        <v>33</v>
       </c>
       <c r="M422" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N422" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="O422" t="s">
-        <v>1146</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>106051</v>
+        <v>128442</v>
       </c>
       <c r="B423" t="s">
         <v>15</v>
       </c>
       <c r="C423" t="s">
-        <v>1147</v>
+        <v>1177</v>
       </c>
       <c r="D423" t="s">
-        <v>247</v>
+        <v>386</v>
       </c>
       <c r="E423" t="s">
         <v>18</v>
       </c>
       <c r="F423" t="s">
-        <v>1121</v>
+        <v>1175</v>
       </c>
       <c r="G423" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H423">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I423">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="J423">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K423" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L423" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="M423" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N423" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="O423" t="s">
-        <v>1148</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>106052</v>
+        <v>128443</v>
       </c>
       <c r="B424" t="s">
         <v>15</v>
       </c>
       <c r="C424" t="s">
-        <v>1149</v>
+        <v>1179</v>
       </c>
       <c r="D424" t="s">
-        <v>204</v>
+        <v>618</v>
       </c>
       <c r="E424" t="s">
         <v>18</v>
       </c>
       <c r="F424" t="s">
-        <v>1121</v>
+        <v>1180</v>
       </c>
       <c r="G424" t="s">
         <v>20</v>
       </c>
       <c r="H424">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I424">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="J424">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K424" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L424" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="M424" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N424" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="O424" t="s">
-        <v>1150</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>106053</v>
+        <v>128444</v>
       </c>
       <c r="B425" t="s">
         <v>15</v>
       </c>
       <c r="C425" t="s">
-        <v>1151</v>
+        <v>1182</v>
       </c>
       <c r="D425" t="s">
-        <v>31</v>
+        <v>383</v>
       </c>
       <c r="E425" t="s">
         <v>18</v>
       </c>
       <c r="F425" t="s">
-        <v>1121</v>
+        <v>1180</v>
       </c>
       <c r="G425" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H425">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I425">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J425">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K425" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L425" t="s">
-        <v>256</v>
+        <v>27</v>
       </c>
       <c r="M425" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N425" t="s">
-        <v>33</v>
+        <v>199</v>
       </c>
       <c r="O425" t="s">
-        <v>1152</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>106054</v>
+        <v>128445</v>
       </c>
       <c r="B426" t="s">
         <v>15</v>
       </c>
       <c r="C426" t="s">
-        <v>1153</v>
+        <v>1184</v>
       </c>
       <c r="D426" t="s">
-        <v>56</v>
+        <v>363</v>
       </c>
       <c r="E426" t="s">
         <v>18</v>
       </c>
       <c r="F426" t="s">
-        <v>1121</v>
+        <v>1180</v>
       </c>
       <c r="G426" t="s">
         <v>20</v>
       </c>
       <c r="H426">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I426">
         <v>1</v>
       </c>
       <c r="J426">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K426" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L426" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M426" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N426" t="s">
-        <v>58</v>
+        <v>257</v>
       </c>
       <c r="O426" t="s">
-        <v>1154</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>106055</v>
+        <v>128446</v>
       </c>
       <c r="B427" t="s">
         <v>15</v>
       </c>
       <c r="C427" t="s">
-        <v>1155</v>
+        <v>1186</v>
       </c>
       <c r="D427" t="s">
-        <v>716</v>
+        <v>628</v>
       </c>
       <c r="E427" t="s">
         <v>18</v>
       </c>
       <c r="F427" t="s">
-        <v>1121</v>
+        <v>1180</v>
       </c>
       <c r="G427" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H427">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I427">
         <v>2</v>
       </c>
       <c r="J427">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K427" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L427" t="s">
         <v>27</v>
       </c>
       <c r="M427" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N427" t="s">
-        <v>173</v>
+        <v>233</v>
       </c>
       <c r="O427" t="s">
-        <v>1156</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>106056</v>
+        <v>128447</v>
       </c>
       <c r="B428" t="s">
         <v>15</v>
       </c>
       <c r="C428" t="s">
-        <v>1157</v>
+        <v>1188</v>
       </c>
       <c r="D428" t="s">
-        <v>711</v>
+        <v>360</v>
       </c>
       <c r="E428" t="s">
         <v>18</v>
       </c>
       <c r="F428" t="s">
-        <v>1121</v>
+        <v>1165</v>
       </c>
       <c r="G428" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H428">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I428">
         <v>3</v>
       </c>
       <c r="J428">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K428" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="L428" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="M428" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="N428" t="s">
-        <v>169</v>
+        <v>247</v>
       </c>
       <c r="O428" t="s">
-        <v>1158</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>106057</v>
+        <v>128448</v>
       </c>
       <c r="B429" t="s">
         <v>15</v>
       </c>
       <c r="C429" t="s">
-        <v>1159</v>
+        <v>1190</v>
       </c>
       <c r="D429" t="s">
-        <v>790</v>
+        <v>395</v>
       </c>
       <c r="E429" t="s">
         <v>18</v>
       </c>
       <c r="F429" t="s">
-        <v>1121</v>
+        <v>1191</v>
       </c>
       <c r="G429" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H429">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I429">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J429">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K429" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L429" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M429" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N429" t="s">
-        <v>279</v>
+        <v>188</v>
       </c>
       <c r="O429" t="s">
-        <v>1160</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>106058</v>
+        <v>128449</v>
       </c>
       <c r="B430" t="s">
         <v>15</v>
       </c>
       <c r="C430" t="s">
-        <v>1161</v>
+        <v>1193</v>
       </c>
       <c r="D430" t="s">
-        <v>1162</v>
+        <v>411</v>
       </c>
       <c r="E430" t="s">
         <v>18</v>
       </c>
       <c r="F430" t="s">
-        <v>1121</v>
+        <v>1191</v>
       </c>
       <c r="G430" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H430">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I430">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J430">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K430" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="L430" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="M430" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="N430" t="s">
-        <v>213</v>
+        <v>86</v>
       </c>
       <c r="O430" t="s">
-        <v>1163</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>106059</v>
+        <v>128450</v>
       </c>
       <c r="B431" t="s">
         <v>15</v>
       </c>
       <c r="C431" t="s">
-        <v>1164</v>
+        <v>1195</v>
       </c>
       <c r="D431" t="s">
-        <v>274</v>
+        <v>402</v>
       </c>
       <c r="E431" t="s">
         <v>18</v>
       </c>
       <c r="F431" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
       <c r="G431" t="s">
         <v>20</v>
       </c>
       <c r="H431">
+        <v>6</v>
+      </c>
+      <c r="I431">
         <v>3</v>
       </c>
-      <c r="I431">
-[...1 lines deleted...]
-      </c>
       <c r="J431">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K431" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="L431" t="s">
         <v>22</v>
       </c>
       <c r="M431" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="N431" t="s">
-        <v>275</v>
+        <v>39</v>
       </c>
       <c r="O431" t="s">
-        <v>1166</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>106060</v>
+        <v>128451</v>
       </c>
       <c r="B432" t="s">
         <v>15</v>
       </c>
       <c r="C432" t="s">
-        <v>1167</v>
+        <v>1197</v>
       </c>
       <c r="D432" t="s">
-        <v>472</v>
+        <v>662</v>
       </c>
       <c r="E432" t="s">
         <v>18</v>
       </c>
       <c r="F432" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
       <c r="G432" t="s">
         <v>20</v>
       </c>
       <c r="H432">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I432">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J432">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K432" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L432" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M432" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N432" t="s">
-        <v>312</v>
+        <v>86</v>
       </c>
       <c r="O432" t="s">
-        <v>1168</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>106061</v>
+        <v>128452</v>
       </c>
       <c r="B433" t="s">
         <v>15</v>
       </c>
       <c r="C433" t="s">
-        <v>1169</v>
+        <v>1199</v>
       </c>
       <c r="D433" t="s">
-        <v>263</v>
+        <v>428</v>
       </c>
       <c r="E433" t="s">
         <v>18</v>
       </c>
       <c r="F433" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
       <c r="G433" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="H433">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I433">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J433">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K433" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="L433" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M433" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="N433" t="s">
-        <v>264</v>
+        <v>39</v>
       </c>
       <c r="O433" t="s">
-        <v>1170</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>106062</v>
+        <v>128453</v>
       </c>
       <c r="B434" t="s">
         <v>15</v>
       </c>
       <c r="C434" t="s">
-        <v>1171</v>
+        <v>1201</v>
       </c>
       <c r="D434" t="s">
-        <v>95</v>
+        <v>1202</v>
       </c>
       <c r="E434" t="s">
         <v>18</v>
       </c>
       <c r="F434" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
       <c r="G434" t="s">
         <v>20</v>
       </c>
       <c r="H434">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I434">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J434">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K434" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L434" t="s">
         <v>22</v>
       </c>
       <c r="M434" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N434" t="s">
-        <v>96</v>
+        <v>154</v>
       </c>
       <c r="O434" t="s">
-        <v>1172</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>106063</v>
+        <v>128454</v>
       </c>
       <c r="B435" t="s">
         <v>15</v>
       </c>
       <c r="C435" t="s">
-        <v>1173</v>
+        <v>1204</v>
       </c>
       <c r="D435" t="s">
-        <v>185</v>
+        <v>665</v>
       </c>
       <c r="E435" t="s">
         <v>18</v>
       </c>
       <c r="F435" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
       <c r="G435" t="s">
         <v>20</v>
       </c>
       <c r="H435">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I435">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J435">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K435" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L435" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M435" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N435" t="s">
-        <v>187</v>
+        <v>47</v>
       </c>
       <c r="O435" t="s">
-        <v>1174</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>106064</v>
+        <v>128455</v>
       </c>
       <c r="B436" t="s">
         <v>15</v>
       </c>
       <c r="C436" t="s">
-        <v>1175</v>
+        <v>1206</v>
       </c>
       <c r="D436" t="s">
-        <v>66</v>
+        <v>615</v>
       </c>
       <c r="E436" t="s">
         <v>18</v>
       </c>
       <c r="F436" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
       <c r="G436" t="s">
         <v>20</v>
       </c>
       <c r="H436">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I436">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J436">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K436" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="L436" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="M436" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="N436" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="O436" t="s">
-        <v>1176</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>106065</v>
+        <v>128456</v>
       </c>
       <c r="B437" t="s">
         <v>15</v>
       </c>
       <c r="C437" t="s">
-        <v>1177</v>
+        <v>1208</v>
       </c>
       <c r="D437" t="s">
-        <v>71</v>
+        <v>625</v>
       </c>
       <c r="E437" t="s">
         <v>18</v>
       </c>
       <c r="F437" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="G437" t="s">
         <v>20</v>
       </c>
       <c r="H437">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I437">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J437">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K437" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L437" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M437" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N437" t="s">
-        <v>73</v>
+        <v>274</v>
       </c>
       <c r="O437" t="s">
-        <v>1178</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>106066</v>
+        <v>128457</v>
       </c>
       <c r="B438" t="s">
         <v>15</v>
       </c>
       <c r="C438" t="s">
-        <v>1179</v>
+        <v>1210</v>
       </c>
       <c r="D438" t="s">
-        <v>91</v>
+        <v>1211</v>
       </c>
       <c r="E438" t="s">
         <v>18</v>
       </c>
       <c r="F438" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="G438" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H438">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I438">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J438">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K438" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L438" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M438" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N438" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="O438" t="s">
-        <v>1180</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>106067</v>
+        <v>128458</v>
       </c>
       <c r="B439" t="s">
         <v>15</v>
       </c>
       <c r="C439" t="s">
-        <v>1181</v>
+        <v>1213</v>
       </c>
       <c r="D439" t="s">
-        <v>255</v>
+        <v>1214</v>
       </c>
       <c r="E439" t="s">
         <v>18</v>
       </c>
       <c r="F439" t="s">
-        <v>1165</v>
+        <v>1215</v>
       </c>
       <c r="G439" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H439">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I439">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J439">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K439" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="L439" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M439" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="N439" t="s">
-        <v>104</v>
+        <v>247</v>
       </c>
       <c r="O439" t="s">
-        <v>1182</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>106068</v>
+        <v>128459</v>
       </c>
       <c r="B440" t="s">
         <v>15</v>
       </c>
       <c r="C440" t="s">
-        <v>1183</v>
+        <v>1217</v>
       </c>
       <c r="D440" t="s">
-        <v>227</v>
+        <v>367</v>
       </c>
       <c r="E440" t="s">
         <v>18</v>
       </c>
       <c r="F440" t="s">
-        <v>1165</v>
+        <v>1215</v>
       </c>
       <c r="G440" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H440">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I440">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J440">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K440" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="L440" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M440" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="N440" t="s">
-        <v>228</v>
+        <v>192</v>
       </c>
       <c r="O440" t="s">
-        <v>1184</v>
-[...620 lines deleted...]
-      <c r="C454" t="s">
         <v>1218</v>
-      </c>
-[...927 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">