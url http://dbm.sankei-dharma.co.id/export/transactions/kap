--- v0 (2025-12-19)
+++ v1 (2026-02-27)
@@ -12,3488 +12,2321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="757">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Plant</t>
   </si>
   <si>
     <t>Kanban ADM</t>
   </si>
   <si>
     <t>Label SDI</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>DN Number</t>
   </si>
   <si>
     <t>DN Status</t>
   </si>
   <si>
     <t>Order Kbn</t>
   </si>
   <si>
     <t>Match Kbn</t>
   </si>
   <si>
     <t>Del. Cycle</t>
   </si>
   <si>
     <t>Job/Part No</t>
   </si>
   <si>
     <t>Seq</t>
   </si>
   <si>
     <t>Job/Part No FG</t>
   </si>
   <si>
     <t>Seq FG</t>
   </si>
   <si>
     <t>Created At</t>
   </si>
   <si>
     <t>ADM KAP</t>
   </si>
   <si>
-    <t>DN5125120077084ARC-1064000001</t>
-[...2 lines deleted...]
-    <t>RC-1064-007</t>
+    <t>DN5126020107861AAA-2932000001</t>
+  </si>
+  <si>
+    <t>AA-2932-001</t>
   </si>
   <si>
     <t>match</t>
   </si>
   <si>
-    <t>DN5125120077084A</t>
+    <t>DN5126020107861A</t>
   </si>
   <si>
     <t>close</t>
   </si>
   <si>
+    <t>AA-2932</t>
+  </si>
+  <si>
+    <t>000001</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:47:33</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2933000001</t>
+  </si>
+  <si>
+    <t>AA-2933-004</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>AA-2933</t>
+  </si>
+  <si>
+    <t>004</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:47:45</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2933000002</t>
+  </si>
+  <si>
+    <t>AA-2933-033</t>
+  </si>
+  <si>
+    <t>000002</t>
+  </si>
+  <si>
+    <t>033</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:47:56</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2933000003</t>
+  </si>
+  <si>
+    <t>AA-2933-032</t>
+  </si>
+  <si>
+    <t>000003</t>
+  </si>
+  <si>
+    <t>032</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:48:06</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2935000001</t>
+  </si>
+  <si>
+    <t>AA-2935-002</t>
+  </si>
+  <si>
+    <t>AA-2935</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:48:17</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2937000001</t>
+  </si>
+  <si>
+    <t>AA-2937-001</t>
+  </si>
+  <si>
+    <t>AA-2937</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:48:29</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2937000002</t>
+  </si>
+  <si>
+    <t>AA-2937-006</t>
+  </si>
+  <si>
+    <t>006</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:48:39</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2938000001</t>
+  </si>
+  <si>
+    <t>AA-2938-003</t>
+  </si>
+  <si>
+    <t>AA-2938</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:48:51</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2938000002</t>
+  </si>
+  <si>
+    <t>AA-2938-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:49:02</t>
+  </si>
+  <si>
+    <t>DN5126020107861AAA-2938000003</t>
+  </si>
+  <si>
+    <t>AA-2938-033</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:49:17</t>
+  </si>
+  <si>
+    <t>DN5126020107752ASC-0977000001</t>
+  </si>
+  <si>
+    <t>SC-0977-005</t>
+  </si>
+  <si>
+    <t>DN5126020107752A</t>
+  </si>
+  <si>
+    <t>SC-0977</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:50:57</t>
+  </si>
+  <si>
+    <t>DN5126020107752ARC-1064000001</t>
+  </si>
+  <si>
+    <t>SC-0982-017</t>
+  </si>
+  <si>
+    <t>mismatch</t>
+  </si>
+  <si>
     <t>RC-1064</t>
   </si>
   <si>
-    <t>000001</t>
+    <t>SC-0982</t>
+  </si>
+  <si>
+    <t>017</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:51:36</t>
+  </si>
+  <si>
+    <t>DN5126020107753ASC-0982000001</t>
+  </si>
+  <si>
+    <t>DN5126020107753A</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:52:05</t>
+  </si>
+  <si>
+    <t>DN5126020107753ASC-0982000002</t>
+  </si>
+  <si>
+    <t>SC-0982-014</t>
+  </si>
+  <si>
+    <t>014</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:52:51</t>
+  </si>
+  <si>
+    <t>DN5126020107753ASC-0982000003</t>
+  </si>
+  <si>
+    <t>SC-0982-015</t>
+  </si>
+  <si>
+    <t>015</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:53:11</t>
+  </si>
+  <si>
+    <t>DN5126020107752ARC-1067000001</t>
+  </si>
+  <si>
+    <t>RC-1067-002</t>
+  </si>
+  <si>
+    <t>RC-1067</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:53:36</t>
+  </si>
+  <si>
+    <t>DN5126020107752ARC-1067000002</t>
+  </si>
+  <si>
+    <t>RC-1067-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:53:50</t>
+  </si>
+  <si>
+    <t>DN5126020107752ARC-1069000001</t>
+  </si>
+  <si>
+    <t>RC-1069-001</t>
+  </si>
+  <si>
+    <t>RC-1069</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:54:03</t>
+  </si>
+  <si>
+    <t>RC-1064-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:54:22</t>
+  </si>
+  <si>
+    <t>DN5126020107752AAA-2932000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:54:35</t>
+  </si>
+  <si>
+    <t>DN5126020107746ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1064-005</t>
+  </si>
+  <si>
+    <t>DN5126020107746A</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:10</t>
+  </si>
+  <si>
+    <t>DN5126020107746ARC-1067000001</t>
+  </si>
+  <si>
+    <t>RC-1067-007</t>
   </si>
   <si>
     <t>007</t>
   </si>
   <si>
-    <t>2025-12-18 00:00:31</t>
-[...2 lines deleted...]
-    <t>DN5125120077084ARC-1067000001</t>
+    <t>2026-02-26 01:56:28</t>
+  </si>
+  <si>
+    <t>DN5126020107746ARC-1067000002</t>
+  </si>
+  <si>
+    <t>RC-1067-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:42</t>
+  </si>
+  <si>
+    <t>DN5126020107746ARC-1067000003</t>
+  </si>
+  <si>
+    <t>RC-1067-010</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:56:58</t>
+  </si>
+  <si>
+    <t>DN5126020107746ARC-1069000001</t>
+  </si>
+  <si>
+    <t>RC-1069-031</t>
+  </si>
+  <si>
+    <t>031</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:57:21</t>
+  </si>
+  <si>
+    <t>DN5126020107746AAA-2938000001</t>
+  </si>
+  <si>
+    <t>AA-2938-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:57:32</t>
+  </si>
+  <si>
+    <t>DN5126020107747ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-012</t>
+  </si>
+  <si>
+    <t>DN5126020107747A</t>
+  </si>
+  <si>
+    <t>012</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:57:44</t>
+  </si>
+  <si>
+    <t>DN5126020107747ASC-0982000002</t>
+  </si>
+  <si>
+    <t>SC-0982-032</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:00</t>
+  </si>
+  <si>
+    <t>DN5126020107747ASC-0982000003</t>
+  </si>
+  <si>
+    <t>SC-0982-018</t>
+  </si>
+  <si>
+    <t>018</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:58:16</t>
+  </si>
+  <si>
+    <t>DN5126020107748ASC-0977000001</t>
+  </si>
+  <si>
+    <t>SC-0977-006</t>
+  </si>
+  <si>
+    <t>DN5126020107748A</t>
+  </si>
+  <si>
+    <t>2026-02-26 01:59:27</t>
+  </si>
+  <si>
+    <t>DN5126020107749ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-013</t>
+  </si>
+  <si>
+    <t>DN5126020107749A</t>
+  </si>
+  <si>
+    <t>013</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:00:00</t>
+  </si>
+  <si>
+    <t>DN5126020107749ASC-0982000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:00:19</t>
+  </si>
+  <si>
+    <t>DN5126020107749ASC-0982000003</t>
+  </si>
+  <si>
+    <t>SC-0982-011</t>
+  </si>
+  <si>
+    <t>011</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:00:46</t>
+  </si>
+  <si>
+    <t>DN5126020107748ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1064-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:16</t>
+  </si>
+  <si>
+    <t>DN5126020107748ARC-1065000001</t>
+  </si>
+  <si>
+    <t>RC-1065-001</t>
+  </si>
+  <si>
+    <t>RC-1065</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:26</t>
+  </si>
+  <si>
+    <t>DN5126020107748AAA-2932000001</t>
+  </si>
+  <si>
+    <t>AA-2932-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:36</t>
+  </si>
+  <si>
+    <t>DN5126020107748ARC-1069000001</t>
+  </si>
+  <si>
+    <t>RC-1069-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:01:55</t>
+  </si>
+  <si>
+    <t>DN5126020107750ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1064-003</t>
+  </si>
+  <si>
+    <t>DN5126020107750A</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:02:55</t>
+  </si>
+  <si>
+    <t>DN5126020107750ARC-1066000001</t>
+  </si>
+  <si>
+    <t>RC-1066-031</t>
+  </si>
+  <si>
+    <t>RC-1066</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:03:07</t>
+  </si>
+  <si>
+    <t>DN5126020107750ARC-1067000001</t>
+  </si>
+  <si>
+    <t>RC-1067-009</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:03:23</t>
+  </si>
+  <si>
+    <t>DN5126020107750ARC-1067000002</t>
+  </si>
+  <si>
+    <t>RC-1067-008</t>
+  </si>
+  <si>
+    <t>008</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:03:37</t>
+  </si>
+  <si>
+    <t>DN5126020107750ARC-1068000001</t>
+  </si>
+  <si>
+    <t>RC-1068-003</t>
+  </si>
+  <si>
+    <t>RC-1068</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:03:56</t>
+  </si>
+  <si>
+    <t>DN5126020107750AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-010</t>
+  </si>
+  <si>
+    <t>AA-2936</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:04:10</t>
+  </si>
+  <si>
+    <t>DN5126020107751ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-016</t>
+  </si>
+  <si>
+    <t>DN5126020107751A</t>
+  </si>
+  <si>
+    <t>016</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:04:26</t>
+  </si>
+  <si>
+    <t>DN5126020107751ASC-0982000002</t>
+  </si>
+  <si>
+    <t>SC-0982-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:04:40</t>
+  </si>
+  <si>
+    <t>DN5126020107751ASC-0982000003</t>
+  </si>
+  <si>
+    <t>SC-0982-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:04:54</t>
+  </si>
+  <si>
+    <t>DN5126020107748ARC-1067000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 02:22:42</t>
+  </si>
+  <si>
+    <t>DN5126020108001ARC-1889000001</t>
+  </si>
+  <si>
+    <t>RC-1889-003</t>
+  </si>
+  <si>
+    <t>DN5126020108001A</t>
+  </si>
+  <si>
+    <t>RC-1889</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:24:41</t>
+  </si>
+  <si>
+    <t>DN5126020108001ARC-1889000002</t>
+  </si>
+  <si>
+    <t>RC-1889-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:24:58</t>
+  </si>
+  <si>
+    <t>DN5126020108001ARC-1889000003</t>
+  </si>
+  <si>
+    <t>RC-1889-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:25:07</t>
+  </si>
+  <si>
+    <t>DN5126020108001ARC-1890000001</t>
+  </si>
+  <si>
+    <t>RC-1890-009</t>
+  </si>
+  <si>
+    <t>RC-1890</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:25:16</t>
+  </si>
+  <si>
+    <t>DN5126020108001ARC-1890000002</t>
+  </si>
+  <si>
+    <t>RC-1890-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:25:24</t>
+  </si>
+  <si>
+    <t>DN5126020108001AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-005</t>
+  </si>
+  <si>
+    <t>AA-3549</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:25:36</t>
+  </si>
+  <si>
+    <t>DN5126020108001AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-013</t>
+  </si>
+  <si>
+    <t>AA-3548</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:25:46</t>
+  </si>
+  <si>
+    <t>DN5126020107977ARC-1889000001</t>
+  </si>
+  <si>
+    <t>RC-1889-007</t>
+  </si>
+  <si>
+    <t>DN5126020107977A</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:26:25</t>
+  </si>
+  <si>
+    <t>DN5126020107977ARC-1889000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:26:32</t>
+  </si>
+  <si>
+    <t>DN5126020107977ARC-1889000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:26:41</t>
+  </si>
+  <si>
+    <t>DN5126020107977ARC-1890000001</t>
+  </si>
+  <si>
+    <t>RC-1890-031</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:26:59</t>
+  </si>
+  <si>
+    <t>DN5126020107977ARC-1890000002</t>
+  </si>
+  <si>
+    <t>RC-1890-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:27:07</t>
+  </si>
+  <si>
+    <t>DN5126020107977ARC-1890000003</t>
+  </si>
+  <si>
+    <t>RC-1890-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:27:16</t>
+  </si>
+  <si>
+    <t>DN5126020107951ARC-1890000001</t>
+  </si>
+  <si>
+    <t>RC-1890-003</t>
+  </si>
+  <si>
+    <t>DN5126020107951A</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:28:05</t>
+  </si>
+  <si>
+    <t>DN5126020107951AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-014</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:28:19</t>
+  </si>
+  <si>
+    <t>DN5126020107951AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-011</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:28:35</t>
+  </si>
+  <si>
+    <t>DN5126020107951ARC-1890000002</t>
+  </si>
+  <si>
+    <t>RC-1890-039</t>
+  </si>
+  <si>
+    <t>039</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:28:49</t>
+  </si>
+  <si>
+    <t>DN5126020107951ARC-1890000003</t>
+  </si>
+  <si>
+    <t>RC-1890-036</t>
+  </si>
+  <si>
+    <t>036</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:28:56</t>
+  </si>
+  <si>
+    <t>DN5126020107951ARC-1889000001</t>
+  </si>
+  <si>
+    <t>RC-1889-019</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:29:08</t>
+  </si>
+  <si>
+    <t>DN5126020107951ARC-1889000002</t>
+  </si>
+  <si>
+    <t>RC-1889-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 07:29:23</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2933000001</t>
+  </si>
+  <si>
+    <t>AA-2933-035</t>
+  </si>
+  <si>
+    <t>DN5126020107863A</t>
+  </si>
+  <si>
+    <t>035</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:52:12</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2933000002</t>
+  </si>
+  <si>
+    <t>AA-2933-034</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:52:26</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2933000003</t>
+  </si>
+  <si>
+    <t>AA-2933-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:52:36</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:52:43</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:54:04</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2937000001</t>
+  </si>
+  <si>
+    <t>AA-2937-032</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:54:18</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2938000001</t>
+  </si>
+  <si>
+    <t>AA-2938-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:54:28</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2938000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:54:40</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2938000003</t>
+  </si>
+  <si>
+    <t>AA-2938-037</t>
+  </si>
+  <si>
+    <t>037</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:54:50</t>
+  </si>
+  <si>
+    <t>DN5126020107863AAA-2938000004</t>
+  </si>
+  <si>
+    <t>AA-2938-038</t>
+  </si>
+  <si>
+    <t>000004</t>
+  </si>
+  <si>
+    <t>038</t>
+  </si>
+  <si>
+    <t>2026-02-26 09:55:02</t>
+  </si>
+  <si>
+    <t>DN5126020107754ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1066-001</t>
+  </si>
+  <si>
+    <t>DN5126020107754A</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:22:47</t>
+  </si>
+  <si>
+    <t>RC-1064-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:23:04</t>
+  </si>
+  <si>
+    <t>DN5126020107754ARC-1066000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:24:15</t>
+  </si>
+  <si>
+    <t>DN5126020107754ARC-1068000001</t>
+  </si>
+  <si>
+    <t>RC-1068-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:24:53</t>
+  </si>
+  <si>
+    <t>DN5126020107754ARC-1069000001</t>
+  </si>
+  <si>
+    <t>RC-1069-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:25:35</t>
+  </si>
+  <si>
+    <t>DN5126020107754AAA-2935000001</t>
+  </si>
+  <si>
+    <t>AA-2935-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:27:11</t>
+  </si>
+  <si>
+    <t>DN5126020107754AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-009</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:27:42</t>
+  </si>
+  <si>
+    <t>DN5126020107755ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-001</t>
+  </si>
+  <si>
+    <t>DN5126020107755A</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:28:46</t>
+  </si>
+  <si>
+    <t>DN5126020107755ASC-0982000002</t>
+  </si>
+  <si>
+    <t>SC-0982-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:29:39</t>
+  </si>
+  <si>
+    <t>DN5126020107755ASC-0982000003</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:30:26</t>
+  </si>
+  <si>
+    <t>DN5126020107756ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1064-002</t>
+  </si>
+  <si>
+    <t>DN5126020107756A</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:44:43</t>
+  </si>
+  <si>
+    <t>DN5126020107756ARC-1065000001</t>
+  </si>
+  <si>
+    <t>RC-1065-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:45:30</t>
+  </si>
+  <si>
+    <t>DN5126020107756AAA-2933000001</t>
+  </si>
+  <si>
+    <t>AA-2933-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:46:05</t>
+  </si>
+  <si>
+    <t>DN5126020107756ARC-1067000001</t>
+  </si>
+  <si>
+    <t>RC-1069-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:46:35</t>
   </si>
   <si>
     <t>RC-1067-005</t>
   </si>
   <si>
-    <t>open</t>
-[...74 lines deleted...]
-    <t>DN5125120077082ARC-1067000001</t>
+    <t>2026-02-26 13:47:01</t>
+  </si>
+  <si>
+    <t>DN5126020107756ARC-1067000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:47:29</t>
+  </si>
+  <si>
+    <t>DN5126020107756ARC-1069000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:47:57</t>
+  </si>
+  <si>
+    <t>DN5126020107757ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-008</t>
+  </si>
+  <si>
+    <t>DN5126020107757A</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:48:54</t>
+  </si>
+  <si>
+    <t>DN5126020107757ASC-0982000002</t>
+  </si>
+  <si>
+    <t>SC-0982-009</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:49:51</t>
+  </si>
+  <si>
+    <t>DN5126020107757ASC-0982000003</t>
+  </si>
+  <si>
+    <t>SC-0982-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:50:26</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0841000001</t>
+  </si>
+  <si>
+    <t>BX-0841-009</t>
+  </si>
+  <si>
+    <t>DN5126020116669A</t>
+  </si>
+  <si>
+    <t>BX-0841</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:53:25</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0841000002</t>
+  </si>
+  <si>
+    <t>BX-0841-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:53:34</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0841000003</t>
+  </si>
+  <si>
+    <t>BX-0841-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:53:48</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0843000001</t>
+  </si>
+  <si>
+    <t>BX-0843-022</t>
+  </si>
+  <si>
+    <t>BX-0843</t>
+  </si>
+  <si>
+    <t>022</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:53:59</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0843000002</t>
+  </si>
+  <si>
+    <t>BX-0843-023</t>
+  </si>
+  <si>
+    <t>023</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:54:11</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0843000003</t>
+  </si>
+  <si>
+    <t>BX-0843-029</t>
+  </si>
+  <si>
+    <t>029</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:54:25</t>
+  </si>
+  <si>
+    <t>DN5126020116669ABX-0843000004</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:54:35</t>
+  </si>
+  <si>
+    <t>DN5126020116668AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-012</t>
+  </si>
+  <si>
+    <t>DN5126020116668A</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:55:14</t>
+  </si>
+  <si>
+    <t>DN5126020116668AAA-3548000002</t>
+  </si>
+  <si>
+    <t>AA-3548-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:55:24</t>
+  </si>
+  <si>
+    <t>DN5126020116668AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-015</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:55:39</t>
+  </si>
+  <si>
+    <t>DN5126020116668AAA-3549000002</t>
+  </si>
+  <si>
+    <t>AA-3549-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:55:55</t>
+  </si>
+  <si>
+    <t>DN5126020116668ABX-0843000001</t>
+  </si>
+  <si>
+    <t>BX-0843-034</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:56:16</t>
+  </si>
+  <si>
+    <t>DN5126020116668ABX-0843000002</t>
+  </si>
+  <si>
+    <t>BX-0843-032</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:56:28</t>
+  </si>
+  <si>
+    <t>DN5126020116668ABX-0843000003</t>
+  </si>
+  <si>
+    <t>BX-0843-021</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:56:40</t>
+  </si>
+  <si>
+    <t>DN5126020116668ABX-0841000001</t>
+  </si>
+  <si>
+    <t>BX-0841-006</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:56:51</t>
+  </si>
+  <si>
+    <t>DN5126020116668ABX-0841000002</t>
+  </si>
+  <si>
+    <t>BX-0841-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:57:07</t>
+  </si>
+  <si>
+    <t>DN5126020116668ABX-0841000003</t>
+  </si>
+  <si>
+    <t>BX-0841-001</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:57:20</t>
+  </si>
+  <si>
+    <t>DN5126020116669AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-009</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:58:22</t>
+  </si>
+  <si>
+    <t>DN5126020116669AAA-3549000002</t>
+  </si>
+  <si>
+    <t>AA-3549-012</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:58:39</t>
+  </si>
+  <si>
+    <t>DN5126020116669AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:58:54</t>
+  </si>
+  <si>
+    <t>DN5126020116669AAA-3548000002</t>
+  </si>
+  <si>
+    <t>AA-3548-009</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:59:03</t>
+  </si>
+  <si>
+    <t>DN5126020116670AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-003</t>
+  </si>
+  <si>
+    <t>DN5126020116670A</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:59:33</t>
+  </si>
+  <si>
+    <t>DN5126020116670AAA-3548000002</t>
+  </si>
+  <si>
+    <t>AA-3548-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:59:44</t>
+  </si>
+  <si>
+    <t>DN5126020116670AAA-3548000003</t>
+  </si>
+  <si>
+    <t>AA-3548-005</t>
+  </si>
+  <si>
+    <t>2026-02-26 22:59:54</t>
+  </si>
+  <si>
+    <t>DN5126020116670AAA-3549000001</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:00:09</t>
+  </si>
+  <si>
+    <t>DN5126020116670AAA-3549000002</t>
+  </si>
+  <si>
+    <t>AA-3549-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:00:23</t>
+  </si>
+  <si>
+    <t>DN5126020116670AAA-3549000003</t>
+  </si>
+  <si>
+    <t>AA-3549-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:00:35</t>
+  </si>
+  <si>
+    <t>DN5126020116670ABX-0843000001</t>
+  </si>
+  <si>
+    <t>BX-0843-035</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:01:00</t>
+  </si>
+  <si>
+    <t>DN5126020116670ABX-0841000001</t>
+  </si>
+  <si>
+    <t>BX-0841-002</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:01:15</t>
+  </si>
+  <si>
+    <t>DN5126020116670ABX-0841000002</t>
+  </si>
+  <si>
+    <t>BX-0841-012</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:01:30</t>
+  </si>
+  <si>
+    <t>DN5126020116682AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-001</t>
+  </si>
+  <si>
+    <t>DN5126020116682A</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:02:01</t>
+  </si>
+  <si>
+    <t>DN5126020116682AAA-3548000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:02:11</t>
+  </si>
+  <si>
+    <t>DN5126020116682AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-008</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:02:23</t>
+  </si>
+  <si>
+    <t>DN5126020116682AAA-3549000002</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:02:34</t>
+  </si>
+  <si>
+    <t>DN5126020116682ABX-0841000001</t>
+  </si>
+  <si>
+    <t>BX-0841-013</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:02:56</t>
+  </si>
+  <si>
+    <t>DN5126020116682ABX-0841000002</t>
+  </si>
+  <si>
+    <t>BX-0841-010</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:03:11</t>
+  </si>
+  <si>
+    <t>DN5126020116682ABX-0841000003</t>
+  </si>
+  <si>
+    <t>BX-0841-011</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:03:21</t>
+  </si>
+  <si>
+    <t>DN5126020116682ABX-0843000001</t>
+  </si>
+  <si>
+    <t>BX-0843-024</t>
+  </si>
+  <si>
+    <t>024</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:03:31</t>
+  </si>
+  <si>
+    <t>DN5126020116682ABX-0843000002</t>
+  </si>
+  <si>
+    <t>BX-0843-025</t>
+  </si>
+  <si>
+    <t>025</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:03:42</t>
+  </si>
+  <si>
+    <t>DN5126020116682ABX-0843000003</t>
+  </si>
+  <si>
+    <t>BX-0843-026</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:03:55</t>
+  </si>
+  <si>
+    <t>DN5126020116683ABX-0843000001</t>
+  </si>
+  <si>
+    <t>BX-0843-036</t>
+  </si>
+  <si>
+    <t>DN5126020116683A</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:04:41</t>
+  </si>
+  <si>
+    <t>DN5126020116683ABX-0843000002</t>
+  </si>
+  <si>
+    <t>BX-0843-033</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:04:52</t>
+  </si>
+  <si>
+    <t>DN5126020116683ABX-0841000001</t>
+  </si>
+  <si>
+    <t>BX-0841-004</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:05:03</t>
+  </si>
+  <si>
+    <t>DN5126020116683ABX-0841000002</t>
+  </si>
+  <si>
+    <t>BX-0841-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:05:14</t>
+  </si>
+  <si>
+    <t>DN5126020116683AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-003</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:05:31</t>
+  </si>
+  <si>
+    <t>DN5126020116683AAA-3548000001</t>
+  </si>
+  <si>
+    <t>AA-3548-007</t>
+  </si>
+  <si>
+    <t>2026-02-26 23:05:45</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2935000001</t>
+  </si>
+  <si>
+    <t>AA-2935-003</t>
+  </si>
+  <si>
+    <t>DN5126020116750A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:12:38</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2935000002</t>
+  </si>
+  <si>
+    <t>AA-2935-007</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:12:50</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-011</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:13:07</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2936000002</t>
+  </si>
+  <si>
+    <t>AA-2936-005</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:13:25</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2937000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:13:36</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2932000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:14:07</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2932000002</t>
+  </si>
+  <si>
+    <t>AA-2932-002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:14:24</t>
+  </si>
+  <si>
+    <t>DN5126020116750AAA-2933000001</t>
+  </si>
+  <si>
+    <t>AA-2933-007</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:15:08</t>
+  </si>
+  <si>
+    <t>DN5126020116651ARC-1064000001</t>
+  </si>
+  <si>
+    <t>DN5126020116651A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:16:45</t>
+  </si>
+  <si>
+    <t>DN5126020116651ARC-1065000001</t>
+  </si>
+  <si>
+    <t>RC-1065-004</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:17:02</t>
+  </si>
+  <si>
+    <t>DN5126020116651AAA-2932000001</t>
+  </si>
+  <si>
+    <t>AA-2932-003</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:17:16</t>
+  </si>
+  <si>
+    <t>DN5126020116652ASC-0982000003</t>
+  </si>
+  <si>
+    <t>DN5126020116652A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:17:53</t>
+  </si>
+  <si>
+    <t>DN5126020116651ARC-1067000001</t>
   </si>
   <si>
     <t>RC-1067-004</t>
   </si>
   <si>
-    <t>2025-12-18 00:04:21</t>
-[...2 lines deleted...]
-    <t>DN5125120077082ARC-1067000002</t>
+    <t>2026-02-27 01:18:08</t>
+  </si>
+  <si>
+    <t>DN5126020116651ARC-1068000001</t>
+  </si>
+  <si>
+    <t>RC-1068-005</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:18:19</t>
+  </si>
+  <si>
+    <t>DN5126020116651AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-007</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:18:30</t>
+  </si>
+  <si>
+    <t>DN5126020116645ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1064-009</t>
+  </si>
+  <si>
+    <t>DN5126020116645A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:19:48</t>
+  </si>
+  <si>
+    <t>DN5126020116645ARC-1066000001</t>
+  </si>
+  <si>
+    <t>RC-1066-005</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:20:20</t>
+  </si>
+  <si>
+    <t>DN5126020116645AAA-2932000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:20:37</t>
+  </si>
+  <si>
+    <t>DN5126020116646ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-005</t>
+  </si>
+  <si>
+    <t>DN5126020116646A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:21:16</t>
+  </si>
+  <si>
+    <t>DN5126020116646ASC-0982000002</t>
+  </si>
+  <si>
+    <t>SC-0982-004</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:21:28</t>
+  </si>
+  <si>
+    <t>DN5126020116646ASC-0982000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:21:42</t>
+  </si>
+  <si>
+    <t>DN5126020116645ASC-0977000001</t>
+  </si>
+  <si>
+    <t>SC-0977-003</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:22:06</t>
+  </si>
+  <si>
+    <t>DN5126020116645ARC-1067000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:22:56</t>
+  </si>
+  <si>
+    <t>DN5126020116645ARC-1069000001</t>
+  </si>
+  <si>
+    <t>RC-1069-007</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:23:08</t>
+  </si>
+  <si>
+    <t>DN5126020116648ASC-0982000001</t>
+  </si>
+  <si>
+    <t>SC-0982-003</t>
+  </si>
+  <si>
+    <t>DN5126020116648A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:24:26</t>
+  </si>
+  <si>
+    <t>DN5126020116648ASC-0982000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:24:38</t>
+  </si>
+  <si>
+    <t>DN5126020116647ARC-1064000001</t>
+  </si>
+  <si>
+    <t>RC-1064-001</t>
+  </si>
+  <si>
+    <t>DN5126020116647A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:25:04</t>
+  </si>
+  <si>
+    <t>DN5126020116647ARC-1067000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:25:15</t>
+  </si>
+  <si>
+    <t>DN5126020116647ARC-1067000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:25:25</t>
+  </si>
+  <si>
+    <t>DN5126020116647ARC-1068000001</t>
+  </si>
+  <si>
+    <t>RC-1068-006</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:25:42</t>
+  </si>
+  <si>
+    <t>DN5126020116647AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-003</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:26:00</t>
+  </si>
+  <si>
+    <t>DN5126020116647AAA-2938000001</t>
+  </si>
+  <si>
+    <t>AA-2938-016</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:26:26</t>
+  </si>
+  <si>
+    <t>DN5126020116649ASC-0977000001</t>
+  </si>
+  <si>
+    <t>SC-0977-007</t>
+  </si>
+  <si>
+    <t>DN5126020116649A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:27:42</t>
+  </si>
+  <si>
+    <t>DN5126020116649ARC-1064000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:27:58</t>
+  </si>
+  <si>
+    <t>DN5126020116649ARC-1066000001</t>
+  </si>
+  <si>
+    <t>RC-1066-002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:28:08</t>
+  </si>
+  <si>
+    <t>DN5126020116649ARC-1067000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:28:18</t>
+  </si>
+  <si>
+    <t>DN5126020116649ARC-1067000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:28:32</t>
+  </si>
+  <si>
+    <t>DN5126020116649ARC-1069000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:29:00</t>
+  </si>
+  <si>
+    <t>DN5126020116650ASC-0982000001</t>
+  </si>
+  <si>
+    <t>DN5126020116650A</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:29:17</t>
+  </si>
+  <si>
+    <t>DN5126020116650ASC-0982000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 01:29:43</t>
+  </si>
+  <si>
+    <t>DN5126020116886AAA-3548000001</t>
+  </si>
+  <si>
+    <t>DN5126020116886A</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:35:37</t>
+  </si>
+  <si>
+    <t>DN5126020116886AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:35:50</t>
+  </si>
+  <si>
+    <t>DN5126020116886ARC-1889000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:37:44</t>
+  </si>
+  <si>
+    <t>DN5126020116886ARC-1890000001</t>
+  </si>
+  <si>
+    <t>RC-1890-040</t>
+  </si>
+  <si>
+    <t>040</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:37:57</t>
+  </si>
+  <si>
+    <t>DN5126020116886ARC-1890000002</t>
+  </si>
+  <si>
+    <t>RC-1890-043</t>
+  </si>
+  <si>
+    <t>043</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:38:19</t>
+  </si>
+  <si>
+    <t>DN5126020116866ARC-1889000001</t>
+  </si>
+  <si>
+    <t>RC-1889-001</t>
+  </si>
+  <si>
+    <t>DN5126020116866A</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:38:47</t>
+  </si>
+  <si>
+    <t>DN5126020116866ARC-1889000002</t>
+  </si>
+  <si>
+    <t>RC-1889-002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:38:56</t>
+  </si>
+  <si>
+    <t>DN5126020116866ARC-1889000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:39:05</t>
+  </si>
+  <si>
+    <t>DN5126020116866ARC-1890000001</t>
+  </si>
+  <si>
+    <t>RC-1890-041</t>
+  </si>
+  <si>
+    <t>041</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:39:13</t>
+  </si>
+  <si>
+    <t>DN5126020116866ARC-1890000002</t>
+  </si>
+  <si>
+    <t>RC-1890-044</t>
+  </si>
+  <si>
+    <t>044</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:39:22</t>
+  </si>
+  <si>
+    <t>DN5126020116866ARC-1890000003</t>
+  </si>
+  <si>
+    <t>RC-1890-047</t>
+  </si>
+  <si>
+    <t>047</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:39:29</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1889000003</t>
+  </si>
+  <si>
+    <t>RC-1889-014</t>
+  </si>
+  <si>
+    <t>DN5126020116840A</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:39:59</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1889000001</t>
+  </si>
+  <si>
+    <t>RC-1889-018</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:40:11</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1889000002</t>
+  </si>
+  <si>
+    <t>RC-1889-023</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:40:18</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1889000004</t>
+  </si>
+  <si>
+    <t>RC-1889-015</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:40:29</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1890000001</t>
+  </si>
+  <si>
+    <t>RC-1890-002</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:40:41</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1890000002</t>
+  </si>
+  <si>
+    <t>RC-1890-001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:40:52</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1890000003</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:41:00</t>
+  </si>
+  <si>
+    <t>DN5126020116840ARC-1890000004</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:41:21</t>
+  </si>
+  <si>
+    <t>DN5126020116840AAA-3548000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:41:30</t>
+  </si>
+  <si>
+    <t>DN5126020116840AAA-3549000001</t>
+  </si>
+  <si>
+    <t>AA-3549-001</t>
+  </si>
+  <si>
+    <t>2026-02-27 07:41:46</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2932000001</t>
+  </si>
+  <si>
+    <t>AA-2932-033</t>
+  </si>
+  <si>
+    <t>DN5126020116752A</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:51:12</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2932000002</t>
+  </si>
+  <si>
+    <t>AA-2932-031</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:51:23</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2933000001</t>
+  </si>
+  <si>
+    <t>AA-2933-006</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:51:37</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2935000001</t>
+  </si>
+  <si>
+    <t>AA-2935-004</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:51:49</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2936000001</t>
+  </si>
+  <si>
+    <t>AA-2936-008</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:52:00</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2936000002</t>
+  </si>
+  <si>
+    <t>AA-2936-004</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:52:14</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2938000001</t>
+  </si>
+  <si>
+    <t>AA-2938-017</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:52:25</t>
+  </si>
+  <si>
+    <t>DN5126020116752AAA-2938000002</t>
+  </si>
+  <si>
+    <t>AA-2938-015</t>
+  </si>
+  <si>
+    <t>2026-02-27 09:52:37</t>
+  </si>
+  <si>
+    <t>DN5126020116653ARC-1064000001</t>
+  </si>
+  <si>
+    <t>DN5126020116653A</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:32:27</t>
+  </si>
+  <si>
+    <t>DN5126020116653ARC-1065000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:32:54</t>
+  </si>
+  <si>
+    <t>DN5126020116653ARC-1065000002</t>
+  </si>
+  <si>
+    <t>RC-1065-033</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:33:33</t>
+  </si>
+  <si>
+    <t>DN5126020116653ARC-1067000001</t>
   </si>
   <si>
     <t>RC-1067-003</t>
   </si>
   <si>
-    <t>003</t>
-[...1781 lines deleted...]
-    <t>DN5125120082522ARC-1068000001</t>
+    <t>2026-02-27 11:34:13</t>
+  </si>
+  <si>
+    <t>DN5126020116653ARC-1067000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:34:30</t>
+  </si>
+  <si>
+    <t>DN5126020116653ARC-1068000001</t>
+  </si>
+  <si>
+    <t>RC-1068-007</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:34:55</t>
+  </si>
+  <si>
+    <t>DN5126020116654ASC-0982000001</t>
+  </si>
+  <si>
+    <t>DN5126020116654A</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:35:33</t>
+  </si>
+  <si>
+    <t>DN5126020116654ASC-0982000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:36:03</t>
+  </si>
+  <si>
+    <t>DN5126020116652ASC-0982000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:38:08</t>
+  </si>
+  <si>
+    <t>DN5126020116652ASC-0982000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:39:05</t>
+  </si>
+  <si>
+    <t>DN5126020116655ARC-1064000001</t>
+  </si>
+  <si>
+    <t>DN5126020116655A</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:41:24</t>
+  </si>
+  <si>
+    <t>DN5126020116656ASC-0982000001</t>
+  </si>
+  <si>
+    <t>DN5126020116656A</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:41:52</t>
+  </si>
+  <si>
+    <t>DN5126020116656ASC-0982000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:42:21</t>
+  </si>
+  <si>
+    <t>DN5126020116655ARC-1067000001</t>
+  </si>
+  <si>
+    <t>AA-2935-005</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:42:50</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:42:54</t>
+  </si>
+  <si>
+    <t>DN5126020116655ARC-1068000001</t>
   </si>
   <si>
     <t>RC-1068-002</t>
   </si>
   <si>
-    <t>2025-12-19 00:55:40</t>
-[...1475 lines deleted...]
-    <t>2025-12-19 20:19:40</t>
+    <t>2026-02-27 11:43:36</t>
+  </si>
+  <si>
+    <t>DN5126020116655ARC-1068000002</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:43:57</t>
+  </si>
+  <si>
+    <t>DN5126020116655AAA-2935000001</t>
+  </si>
+  <si>
+    <t>2026-02-27 11:44:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3797,51 +2630,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O404"/>
+  <dimension ref="A1:O231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3854,18987 +2687,10856 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2">
-        <v>105109</v>
+        <v>127829</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="F2" t="s">
         <v>19</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K2" t="s">
         <v>21</v>
       </c>
       <c r="L2" t="s">
         <v>22</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>23</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3">
-        <v>105114</v>
+        <v>127830</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="H3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>22</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4">
-        <v>105119</v>
+        <v>127831</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
       <c r="O4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>105121</v>
+        <v>127832</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5" t="s">
         <v>38</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>39</v>
       </c>
       <c r="O5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>105122</v>
+        <v>127833</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6">
+        <v>1</v>
+      </c>
+      <c r="I6">
+        <v>1</v>
+      </c>
+      <c r="J6">
+        <v>1</v>
+      </c>
+      <c r="K6" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
       <c r="L6" t="s">
         <v>22</v>
       </c>
       <c r="M6" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="O6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>105123</v>
+        <v>127834</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7">
         <v>2</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="L7" t="s">
         <v>22</v>
       </c>
       <c r="M7" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="N7" t="s">
         <v>23</v>
       </c>
       <c r="O7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>105124</v>
+        <v>127835</v>
       </c>
       <c r="B8" t="s">
         <v>15</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G8" t="s">
         <v>20</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8">
         <v>2</v>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="L8" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M8" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="N8" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="O8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>105125</v>
+        <v>127836</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="N9" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="O9" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>105126</v>
+        <v>127837</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" t="s">
+        <v>19</v>
+      </c>
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10">
+        <v>3</v>
+      </c>
+      <c r="I10">
+        <v>2</v>
+      </c>
+      <c r="J10">
+        <v>1</v>
+      </c>
+      <c r="K10" t="s">
         <v>56</v>
       </c>
-      <c r="E10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L10" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M10" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="N10" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="O10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>105127</v>
+        <v>127838</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G11" t="s">
         <v>20</v>
       </c>
       <c r="H11">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I11">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J11">
         <v>1</v>
       </c>
       <c r="K11" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="L11" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M11" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="N11" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="O11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>105130</v>
+        <v>127839</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="G12" t="s">
         <v>20</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K12" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="L12" t="s">
         <v>22</v>
       </c>
       <c r="M12" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="N12" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="O12" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>105131</v>
+        <v>127842</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G13" t="s">
         <v>27</v>
       </c>
       <c r="H13">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I13">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K13" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="L13" t="s">
         <v>22</v>
       </c>
       <c r="M13" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="N13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="O13" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>105136</v>
+        <v>127843</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
         <v>72</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="G14" t="s">
         <v>27</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J14">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K14" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L14" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M14" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="N14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="O14" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>105141</v>
+        <v>127847</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="G15" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H15">
         <v>3</v>
       </c>
       <c r="I15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K15" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L15" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="M15" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="N15" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="O15" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>105156</v>
+        <v>127848</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D16" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="G16" t="s">
         <v>20</v>
       </c>
       <c r="H16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K16" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="L16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M16" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="N16" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="O16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>105160</v>
+        <v>127849</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G17" t="s">
         <v>27</v>
       </c>
       <c r="H17">
         <v>2</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K17" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="L17" t="s">
         <v>22</v>
       </c>
       <c r="M17" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="N17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="O17" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>105166</v>
+        <v>127850</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D18" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G18" t="s">
         <v>20</v>
       </c>
       <c r="H18">
         <v>2</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K18" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="L18" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M18" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="N18" t="s">
         <v>23</v>
       </c>
       <c r="O18" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>105174</v>
+        <v>127851</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D19" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G19" t="s">
         <v>20</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K19" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="L19" t="s">
         <v>22</v>
       </c>
       <c r="M19" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="N19" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="O19" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>105178</v>
+        <v>127852</v>
       </c>
       <c r="B20" t="s">
         <v>15</v>
       </c>
       <c r="C20" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G20" t="s">
         <v>20</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K20" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="L20" t="s">
         <v>22</v>
       </c>
       <c r="M20" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="N20" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="O20" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>105190</v>
+        <v>127853</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D21" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="G21" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K21" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="L21" t="s">
         <v>22</v>
       </c>
       <c r="M21" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="N21" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="O21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>105195</v>
+        <v>127856</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="G22" t="s">
         <v>20</v>
       </c>
       <c r="H22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J22">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K22" t="s">
+        <v>74</v>
+      </c>
+      <c r="L22" t="s">
+        <v>22</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
         <v>69</v>
       </c>
-      <c r="L22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>105221</v>
+        <v>127859</v>
       </c>
       <c r="B23" t="s">
         <v>15</v>
       </c>
       <c r="C23" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G23" t="s">
         <v>27</v>
       </c>
       <c r="H23">
         <v>3</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K23" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L23" t="s">
         <v>22</v>
       </c>
       <c r="M23" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="N23" t="s">
         <v>110</v>
       </c>
       <c r="O23" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>105222</v>
+        <v>127861</v>
       </c>
       <c r="B24" t="s">
         <v>15</v>
       </c>
       <c r="C24" t="s">
         <v>112</v>
       </c>
       <c r="D24" t="s">
         <v>113</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G24" t="s">
         <v>27</v>
       </c>
       <c r="H24">
         <v>3</v>
       </c>
       <c r="I24">
         <v>2</v>
       </c>
       <c r="J24">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K24" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L24" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M24" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="N24" t="s">
+        <v>52</v>
+      </c>
+      <c r="O24" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>105227</v>
+        <v>127864</v>
       </c>
       <c r="B25" t="s">
         <v>15</v>
       </c>
       <c r="C25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" t="s">
         <v>116</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G25" t="s">
         <v>20</v>
       </c>
       <c r="H25">
         <v>3</v>
       </c>
       <c r="I25">
         <v>3</v>
       </c>
       <c r="J25">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K25" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L25" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="M25" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="N25" t="s">
+        <v>117</v>
+      </c>
+      <c r="O25" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>105240</v>
+        <v>127866</v>
       </c>
       <c r="B26" t="s">
         <v>15</v>
       </c>
       <c r="C26" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" t="s">
         <v>120</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
       <c r="G26" t="s">
         <v>20</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26">
         <v>1</v>
       </c>
       <c r="J26">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K26" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="L26" t="s">
         <v>22</v>
       </c>
       <c r="M26" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="N26" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="O26" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>105241</v>
+        <v>127867</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" t="s">
         <v>124</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
       <c r="G27" t="s">
         <v>20</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27">
         <v>1</v>
       </c>
       <c r="J27">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K27" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="L27" t="s">
         <v>22</v>
       </c>
       <c r="M27" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="N27" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="O27" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>105242</v>
+        <v>127869</v>
       </c>
       <c r="B28" t="s">
         <v>15</v>
       </c>
       <c r="C28" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" t="s">
+        <v>127</v>
+      </c>
+      <c r="E28" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G28" t="s">
         <v>27</v>
       </c>
       <c r="H28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K28" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="L28" t="s">
         <v>22</v>
       </c>
       <c r="M28" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="N28" t="s">
+        <v>129</v>
+      </c>
+      <c r="O28" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>105243</v>
+        <v>127871</v>
       </c>
       <c r="B29" t="s">
         <v>15</v>
       </c>
       <c r="C29" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" t="s">
         <v>132</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
+        <v>18</v>
+      </c>
+      <c r="F29" t="s">
+        <v>128</v>
+      </c>
+      <c r="G29" t="s">
+        <v>27</v>
+      </c>
+      <c r="H29">
+        <v>3</v>
+      </c>
+      <c r="I29">
+        <v>2</v>
+      </c>
+      <c r="J29">
+        <v>1</v>
+      </c>
+      <c r="K29" t="s">
+        <v>75</v>
+      </c>
+      <c r="L29" t="s">
+        <v>33</v>
+      </c>
+      <c r="M29" t="s">
+        <v>75</v>
+      </c>
+      <c r="N29" t="s">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s">
         <v>133</v>
-      </c>
-[...31 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>105244</v>
+        <v>127873</v>
       </c>
       <c r="B30" t="s">
         <v>15</v>
       </c>
       <c r="C30" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D30" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="G30" t="s">
         <v>20</v>
       </c>
       <c r="H30">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I30">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J30">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K30" t="s">
+        <v>75</v>
+      </c>
+      <c r="L30" t="s">
         <v>38</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M30" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="N30" t="s">
-        <v>57</v>
+        <v>136</v>
       </c>
       <c r="O30" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>105245</v>
+        <v>127881</v>
       </c>
       <c r="B31" t="s">
         <v>15</v>
       </c>
       <c r="C31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" t="s">
         <v>139</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
+        <v>18</v>
+      </c>
+      <c r="F31" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G31" t="s">
         <v>20</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K31" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="L31" t="s">
         <v>22</v>
       </c>
       <c r="M31" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="N31" t="s">
-        <v>134</v>
+        <v>52</v>
       </c>
       <c r="O31" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>105246</v>
+        <v>127885</v>
       </c>
       <c r="B32" t="s">
         <v>15</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>143</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32" t="s">
         <v>144</v>
       </c>
       <c r="G32" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I32">
         <v>1</v>
       </c>
       <c r="J32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K32" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="L32" t="s">
         <v>22</v>
       </c>
       <c r="M32" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="N32" t="s">
-        <v>29</v>
+        <v>145</v>
       </c>
       <c r="O32" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>105286</v>
+        <v>127886</v>
       </c>
       <c r="B33" t="s">
         <v>15</v>
       </c>
       <c r="C33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D33" t="s">
-        <v>87</v>
+        <v>127</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
+        <v>144</v>
       </c>
       <c r="G33" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I33">
         <v>2</v>
       </c>
       <c r="J33">
         <v>2</v>
       </c>
       <c r="K33" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="L33" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M33" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="N33" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="O33" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>105289</v>
+        <v>127887</v>
       </c>
       <c r="B34" t="s">
         <v>15</v>
       </c>
       <c r="C34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D34" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>144</v>
       </c>
       <c r="G34" t="s">
         <v>20</v>
       </c>
       <c r="H34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J34">
         <v>2</v>
       </c>
       <c r="K34" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="L34" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M34" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="N34" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="O34" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>105315</v>
+        <v>127888</v>
       </c>
       <c r="B35" t="s">
         <v>15</v>
       </c>
       <c r="C35" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="G35" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H35">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I35">
         <v>1</v>
       </c>
       <c r="J35">
         <v>2</v>
       </c>
       <c r="K35" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="L35" t="s">
         <v>22</v>
       </c>
       <c r="M35" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="N35" t="s">
-        <v>134</v>
+        <v>52</v>
       </c>
       <c r="O35" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>105316</v>
+        <v>127889</v>
       </c>
       <c r="B36" t="s">
         <v>15</v>
       </c>
       <c r="C36" t="s">
         <v>156</v>
       </c>
       <c r="D36" t="s">
         <v>157</v>
       </c>
       <c r="E36" t="s">
         <v>18</v>
       </c>
       <c r="F36" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="G36" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J36">
         <v>2</v>
       </c>
       <c r="K36" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="L36" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M36" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="N36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="O36" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>105317</v>
+        <v>127890</v>
       </c>
       <c r="B37" t="s">
         <v>15</v>
       </c>
       <c r="C37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E37" t="s">
         <v>18</v>
       </c>
       <c r="F37" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="G37" t="s">
         <v>20</v>
       </c>
       <c r="H37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J37">
         <v>2</v>
       </c>
       <c r="K37" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="L37" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M37" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="N37" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="O37" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>105318</v>
+        <v>127893</v>
       </c>
       <c r="B38" t="s">
         <v>15</v>
       </c>
       <c r="C38" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D38" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E38" t="s">
         <v>18</v>
       </c>
       <c r="F38" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="G38" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H38">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38">
         <v>2</v>
       </c>
       <c r="K38" t="s">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="L38" t="s">
         <v>22</v>
       </c>
       <c r="M38" t="s">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="N38" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="O38" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>105319</v>
+        <v>127899</v>
       </c>
       <c r="B39" t="s">
         <v>15</v>
       </c>
       <c r="C39" t="s">
         <v>166</v>
       </c>
       <c r="D39" t="s">
         <v>167</v>
       </c>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="G39" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H39">
+        <v>1</v>
+      </c>
+      <c r="I39">
+        <v>1</v>
+      </c>
+      <c r="J39">
         <v>3</v>
       </c>
-      <c r="I39">
-[...4 lines deleted...]
-      </c>
       <c r="K39" t="s">
-        <v>164</v>
+        <v>74</v>
       </c>
       <c r="L39" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M39" t="s">
-        <v>164</v>
+        <v>74</v>
       </c>
       <c r="N39" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="O39" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>105320</v>
+        <v>127900</v>
       </c>
       <c r="B40" t="s">
         <v>15</v>
       </c>
       <c r="C40" t="s">
         <v>170</v>
       </c>
       <c r="D40" t="s">
         <v>171</v>
       </c>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="G40" t="s">
         <v>20</v>
       </c>
       <c r="H40">
+        <v>1</v>
+      </c>
+      <c r="I40">
+        <v>1</v>
+      </c>
+      <c r="J40">
         <v>3</v>
       </c>
-      <c r="I40">
-[...4 lines deleted...]
-      </c>
       <c r="K40" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="L40" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M40" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="N40" t="s">
-        <v>172</v>
+        <v>121</v>
       </c>
       <c r="O40" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>105321</v>
+        <v>127901</v>
       </c>
       <c r="B41" t="s">
         <v>15</v>
       </c>
       <c r="C41" t="s">
         <v>174</v>
       </c>
       <c r="D41" t="s">
         <v>175</v>
       </c>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="G41" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I41">
         <v>1</v>
       </c>
       <c r="J41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K41" t="s">
-        <v>176</v>
+        <v>91</v>
       </c>
       <c r="L41" t="s">
         <v>22</v>
       </c>
       <c r="M41" t="s">
+        <v>91</v>
+      </c>
+      <c r="N41" t="s">
         <v>176</v>
       </c>
-      <c r="N41" t="s">
+      <c r="O41" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>105322</v>
+        <v>127902</v>
       </c>
       <c r="B42" t="s">
         <v>15</v>
       </c>
       <c r="C42" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" t="s">
         <v>179</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="G42" t="s">
         <v>20</v>
       </c>
       <c r="H42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K42" t="s">
+        <v>91</v>
+      </c>
+      <c r="L42" t="s">
+        <v>33</v>
+      </c>
+      <c r="M42" t="s">
+        <v>91</v>
+      </c>
+      <c r="N42" t="s">
+        <v>180</v>
+      </c>
+      <c r="O42" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>105323</v>
+        <v>127903</v>
       </c>
       <c r="B43" t="s">
         <v>15</v>
       </c>
       <c r="C43" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" t="s">
         <v>183</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" t="s">
+        <v>168</v>
+      </c>
+      <c r="G43" t="s">
+        <v>20</v>
+      </c>
+      <c r="H43">
+        <v>1</v>
+      </c>
+      <c r="I43">
+        <v>1</v>
+      </c>
+      <c r="J43">
+        <v>3</v>
+      </c>
+      <c r="K43" t="s">
         <v>184</v>
-      </c>
-[...19 lines deleted...]
-        <v>154</v>
       </c>
       <c r="L43" t="s">
         <v>22</v>
       </c>
       <c r="M43" t="s">
-        <v>154</v>
+        <v>184</v>
       </c>
       <c r="N43" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O43" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>105324</v>
+        <v>127904</v>
       </c>
       <c r="B44" t="s">
         <v>15</v>
       </c>
       <c r="C44" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" t="s">
         <v>187</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="G44" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H44">
+        <v>1</v>
+      </c>
+      <c r="I44">
+        <v>1</v>
+      </c>
+      <c r="J44">
         <v>3</v>
       </c>
-      <c r="I44">
-[...4 lines deleted...]
-      </c>
       <c r="K44" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="L44" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M44" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="N44" t="s">
-        <v>39</v>
+        <v>117</v>
       </c>
       <c r="O44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>105325</v>
+        <v>127905</v>
       </c>
       <c r="B45" t="s">
         <v>15</v>
       </c>
       <c r="C45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D45" t="s">
-        <v>152</v>
+        <v>191</v>
       </c>
       <c r="E45" t="s">
         <v>18</v>
       </c>
       <c r="F45" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="G45" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H45">
         <v>3</v>
       </c>
       <c r="I45">
+        <v>1</v>
+      </c>
+      <c r="J45">
         <v>3</v>
       </c>
-      <c r="J45">
-[...1 lines deleted...]
-      </c>
       <c r="K45" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="L45" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M45" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="N45" t="s">
-        <v>134</v>
+        <v>193</v>
       </c>
       <c r="O45" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>105326</v>
+        <v>127906</v>
       </c>
       <c r="B46" t="s">
         <v>15</v>
       </c>
       <c r="C46" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D46" t="s">
+        <v>196</v>
+      </c>
+      <c r="E46" t="s">
+        <v>18</v>
+      </c>
+      <c r="F46" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G46" t="s">
         <v>27</v>
       </c>
       <c r="H46">
         <v>3</v>
       </c>
       <c r="I46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K46" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="L46" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M46" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="N46" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="O46" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>105327</v>
+        <v>127907</v>
       </c>
       <c r="B47" t="s">
         <v>15</v>
       </c>
       <c r="C47" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D47" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E47" t="s">
         <v>18</v>
       </c>
       <c r="F47" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="G47" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H47">
         <v>3</v>
       </c>
       <c r="I47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K47" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="L47" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M47" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="N47" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="O47" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>105328</v>
+        <v>127914</v>
       </c>
       <c r="B48" t="s">
         <v>15</v>
       </c>
       <c r="C48" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D48" t="s">
-        <v>198</v>
+        <v>94</v>
       </c>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48" t="s">
-        <v>185</v>
+        <v>140</v>
       </c>
       <c r="G48" t="s">
         <v>20</v>
       </c>
       <c r="H48">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I48">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J48">
         <v>2</v>
       </c>
       <c r="K48" t="s">
-        <v>164</v>
+        <v>91</v>
       </c>
       <c r="L48" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M48" t="s">
-        <v>164</v>
+        <v>91</v>
       </c>
       <c r="N48" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="O48" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>105329</v>
+        <v>127955</v>
       </c>
       <c r="B49" t="s">
         <v>15</v>
       </c>
       <c r="C49" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D49" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E49" t="s">
         <v>18</v>
       </c>
       <c r="F49" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="G49" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H49">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I49">
         <v>1</v>
       </c>
       <c r="J49">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K49" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="L49" t="s">
         <v>22</v>
       </c>
       <c r="M49" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="N49" t="s">
         <v>57</v>
       </c>
       <c r="O49" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>105330</v>
+        <v>127956</v>
       </c>
       <c r="B50" t="s">
         <v>15</v>
       </c>
       <c r="C50" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D50" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E50" t="s">
         <v>18</v>
       </c>
       <c r="F50" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="G50" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H50">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J50">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K50" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="L50" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M50" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="N50" t="s">
-        <v>134</v>
+        <v>29</v>
       </c>
       <c r="O50" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>105331</v>
+        <v>127957</v>
       </c>
       <c r="B51" t="s">
         <v>15</v>
       </c>
       <c r="C51" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D51" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="E51" t="s">
         <v>18</v>
       </c>
       <c r="F51" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G51" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H51">
         <v>3</v>
       </c>
       <c r="I51">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J51">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K51" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="L51" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M51" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="N51" t="s">
-        <v>177</v>
+        <v>69</v>
       </c>
       <c r="O51" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>105332</v>
+        <v>127958</v>
       </c>
       <c r="B52" t="s">
         <v>15</v>
       </c>
       <c r="C52" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D52" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E52" t="s">
         <v>18</v>
       </c>
       <c r="F52" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G52" t="s">
         <v>27</v>
       </c>
       <c r="H52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J52">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K52" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="L52" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M52" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="N52" t="s">
-        <v>110</v>
+        <v>176</v>
       </c>
       <c r="O52" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>105333</v>
+        <v>127959</v>
       </c>
       <c r="B53" t="s">
         <v>15</v>
       </c>
       <c r="C53" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D53" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E53" t="s">
         <v>18</v>
       </c>
       <c r="F53" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G53" t="s">
         <v>20</v>
       </c>
       <c r="H53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J53">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K53" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="L53" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="M53" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="N53" t="s">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="O53" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>105334</v>
+        <v>127960</v>
       </c>
       <c r="B54" t="s">
         <v>15</v>
       </c>
       <c r="C54" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D54" t="s">
-        <v>195</v>
+        <v>222</v>
       </c>
       <c r="E54" t="s">
         <v>18</v>
       </c>
       <c r="F54" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G54" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H54">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I54">
         <v>1</v>
       </c>
       <c r="J54">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K54" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="L54" t="s">
         <v>22</v>
       </c>
       <c r="M54" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="N54" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="O54" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>105335</v>
+        <v>127961</v>
       </c>
       <c r="B55" t="s">
         <v>15</v>
       </c>
       <c r="C55" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="D55" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="E55" t="s">
         <v>18</v>
       </c>
       <c r="F55" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G55" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H55">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I55">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J55">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K55" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L55" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M55" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N55" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="O55" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>105336</v>
+        <v>127962</v>
       </c>
       <c r="B56" t="s">
         <v>15</v>
       </c>
       <c r="C56" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="D56" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="E56" t="s">
         <v>18</v>
       </c>
       <c r="F56" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="G56" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H56">
         <v>3</v>
       </c>
       <c r="I56">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J56">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K56" t="s">
-        <v>164</v>
+        <v>206</v>
       </c>
       <c r="L56" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M56" t="s">
-        <v>164</v>
+        <v>206</v>
       </c>
       <c r="N56" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
       <c r="O56" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>105337</v>
+        <v>127963</v>
       </c>
       <c r="B57" t="s">
         <v>15</v>
       </c>
       <c r="C57" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="D57" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="E57" t="s">
         <v>18</v>
       </c>
       <c r="F57" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="G57" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H57">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J57">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K57" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="L57" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M57" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="N57" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
       <c r="O57" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>105338</v>
+        <v>127964</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="D58" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="E58" t="s">
         <v>18</v>
       </c>
       <c r="F58" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="G58" t="s">
         <v>20</v>
       </c>
       <c r="H58">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I58">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J58">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K58" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="L58" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M58" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="N58" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="O58" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>105339</v>
+        <v>127965</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="D59" t="s">
+        <v>238</v>
+      </c>
+      <c r="E59" t="s">
+        <v>18</v>
+      </c>
+      <c r="F59" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G59" t="s">
         <v>27</v>
       </c>
       <c r="H59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I59">
         <v>1</v>
       </c>
       <c r="J59">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K59" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="L59" t="s">
         <v>22</v>
       </c>
       <c r="M59" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="N59" t="s">
-        <v>29</v>
+        <v>121</v>
       </c>
       <c r="O59" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>105340</v>
+        <v>127966</v>
       </c>
       <c r="B60" t="s">
         <v>15</v>
       </c>
       <c r="C60" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="D60" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="E60" t="s">
         <v>18</v>
       </c>
       <c r="F60" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G60" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I60">
         <v>2</v>
       </c>
       <c r="J60">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K60" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="L60" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M60" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="N60" t="s">
-        <v>34</v>
+        <v>180</v>
       </c>
       <c r="O60" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>105341</v>
+        <v>127967</v>
       </c>
       <c r="B61" t="s">
         <v>15</v>
       </c>
       <c r="C61" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="D61" t="s">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="E61" t="s">
         <v>18</v>
       </c>
       <c r="F61" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G61" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I61">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J61">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K61" t="s">
-        <v>164</v>
+        <v>216</v>
       </c>
       <c r="L61" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M61" t="s">
-        <v>164</v>
+        <v>216</v>
       </c>
       <c r="N61" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="O61" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>105342</v>
+        <v>127968</v>
       </c>
       <c r="B62" t="s">
         <v>15</v>
       </c>
       <c r="C62" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="D62" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="E62" t="s">
         <v>18</v>
       </c>
       <c r="F62" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="G62" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I62">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J62">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K62" t="s">
-        <v>164</v>
+        <v>216</v>
       </c>
       <c r="L62" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M62" t="s">
-        <v>164</v>
+        <v>216</v>
       </c>
       <c r="N62" t="s">
         <v>57</v>
       </c>
       <c r="O62" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>105343</v>
+        <v>127969</v>
       </c>
       <c r="B63" t="s">
         <v>15</v>
       </c>
       <c r="C63" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="D63" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="E63" t="s">
         <v>18</v>
       </c>
       <c r="F63" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="G63" t="s">
         <v>20</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63">
         <v>1</v>
       </c>
       <c r="J63">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K63" t="s">
-        <v>176</v>
+        <v>223</v>
       </c>
       <c r="L63" t="s">
         <v>22</v>
       </c>
       <c r="M63" t="s">
-        <v>176</v>
+        <v>223</v>
       </c>
       <c r="N63" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="O63" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>105344</v>
+        <v>127970</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="D64" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="E64" t="s">
         <v>18</v>
       </c>
       <c r="F64" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="G64" t="s">
         <v>20</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64">
         <v>1</v>
       </c>
       <c r="J64">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K64" t="s">
-        <v>181</v>
+        <v>227</v>
       </c>
       <c r="L64" t="s">
         <v>22</v>
       </c>
       <c r="M64" t="s">
-        <v>181</v>
+        <v>227</v>
       </c>
       <c r="N64" t="s">
-        <v>84</v>
+        <v>151</v>
       </c>
       <c r="O64" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>105345</v>
+        <v>127971</v>
       </c>
       <c r="B65" t="s">
         <v>15</v>
       </c>
       <c r="C65" t="s">
+        <v>256</v>
+      </c>
+      <c r="D65" t="s">
+        <v>257</v>
+      </c>
+      <c r="E65" t="s">
+        <v>18</v>
+      </c>
+      <c r="F65" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G65" t="s">
         <v>27</v>
       </c>
       <c r="H65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J65">
         <v>4</v>
       </c>
       <c r="K65" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="L65" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M65" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="N65" t="s">
-        <v>114</v>
+        <v>258</v>
       </c>
       <c r="O65" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>105346</v>
+        <v>127972</v>
       </c>
       <c r="B66" t="s">
         <v>15</v>
       </c>
       <c r="C66" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="D66" t="s">
-        <v>180</v>
+        <v>261</v>
       </c>
       <c r="E66" t="s">
         <v>18</v>
       </c>
       <c r="F66" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G66" t="s">
         <v>20</v>
       </c>
       <c r="H66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J66">
         <v>4</v>
       </c>
       <c r="K66" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="L66" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M66" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="N66" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="O66" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>105347</v>
+        <v>127973</v>
       </c>
       <c r="B67" t="s">
         <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="D67" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="E67" t="s">
         <v>18</v>
       </c>
       <c r="F67" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G67" t="s">
         <v>27</v>
       </c>
       <c r="H67">
         <v>2</v>
       </c>
       <c r="I67">
         <v>1</v>
       </c>
       <c r="J67">
         <v>4</v>
       </c>
       <c r="K67" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="L67" t="s">
         <v>22</v>
       </c>
       <c r="M67" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="N67" t="s">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="O67" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>105348</v>
+        <v>127974</v>
       </c>
       <c r="B68" t="s">
         <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="D68" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="E68" t="s">
         <v>18</v>
       </c>
       <c r="F68" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G68" t="s">
         <v>20</v>
       </c>
       <c r="H68">
         <v>2</v>
       </c>
       <c r="I68">
         <v>2</v>
       </c>
       <c r="J68">
         <v>4</v>
       </c>
       <c r="K68" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="L68" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M68" t="s">
-        <v>176</v>
+        <v>206</v>
       </c>
       <c r="N68" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="O68" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>105349</v>
+        <v>127975</v>
       </c>
       <c r="B69" t="s">
         <v>15</v>
       </c>
       <c r="C69" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="D69" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="E69" t="s">
         <v>18</v>
       </c>
       <c r="F69" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="G69" t="s">
         <v>27</v>
       </c>
       <c r="H69">
         <v>3</v>
       </c>
       <c r="I69">
         <v>1</v>
       </c>
       <c r="J69">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K69" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="L69" t="s">
         <v>22</v>
       </c>
       <c r="M69" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="N69" t="s">
-        <v>134</v>
+        <v>274</v>
       </c>
       <c r="O69" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>105350</v>
+        <v>127976</v>
       </c>
       <c r="B70" t="s">
         <v>15</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="D70" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="E70" t="s">
         <v>18</v>
       </c>
       <c r="F70" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="G70" t="s">
         <v>27</v>
       </c>
       <c r="H70">
         <v>3</v>
       </c>
       <c r="I70">
         <v>2</v>
       </c>
       <c r="J70">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K70" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="L70" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M70" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="N70" t="s">
-        <v>39</v>
+        <v>278</v>
       </c>
       <c r="O70" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>105351</v>
+        <v>127977</v>
       </c>
       <c r="B71" t="s">
         <v>15</v>
       </c>
       <c r="C71" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="D71" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="E71" t="s">
         <v>18</v>
       </c>
       <c r="F71" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="G71" t="s">
         <v>20</v>
       </c>
       <c r="H71">
         <v>3</v>
       </c>
       <c r="I71">
         <v>3</v>
       </c>
       <c r="J71">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K71" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="L71" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="M71" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="N71" t="s">
-        <v>57</v>
+        <v>180</v>
       </c>
       <c r="O71" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>105352</v>
+        <v>127978</v>
       </c>
       <c r="B72" t="s">
         <v>15</v>
       </c>
       <c r="C72" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="D72" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
       <c r="F72" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="G72" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H72">
         <v>3</v>
       </c>
       <c r="I72">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J72">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K72" t="s">
-        <v>272</v>
+        <v>28</v>
       </c>
       <c r="L72" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M72" t="s">
-        <v>272</v>
+        <v>28</v>
       </c>
       <c r="N72" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="O72" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>105353</v>
+        <v>127979</v>
       </c>
       <c r="B73" t="s">
         <v>15</v>
       </c>
       <c r="C73" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="D73" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="G73" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K73" t="s">
-        <v>272</v>
+        <v>188</v>
       </c>
       <c r="L73" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M73" t="s">
-        <v>272</v>
+        <v>188</v>
       </c>
       <c r="N73" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="O73" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>105354</v>
+        <v>127980</v>
       </c>
       <c r="B74" t="s">
         <v>15</v>
       </c>
       <c r="C74" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="D74" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="E74" t="s">
         <v>18</v>
       </c>
       <c r="F74" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="G74" t="s">
         <v>20</v>
       </c>
       <c r="H74">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I74">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J74">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K74" t="s">
-        <v>272</v>
+        <v>48</v>
       </c>
       <c r="L74" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M74" t="s">
-        <v>272</v>
+        <v>48</v>
       </c>
       <c r="N74" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="O74" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>105355</v>
+        <v>127981</v>
       </c>
       <c r="B75" t="s">
         <v>15</v>
       </c>
       <c r="C75" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="D75" t="s">
-        <v>261</v>
+        <v>291</v>
       </c>
       <c r="E75" t="s">
         <v>18</v>
       </c>
       <c r="F75" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="G75" t="s">
         <v>27</v>
       </c>
       <c r="H75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I75">
         <v>1</v>
       </c>
       <c r="J75">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K75" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
       <c r="L75" t="s">
         <v>22</v>
       </c>
       <c r="M75" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
       <c r="N75" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="O75" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>105356</v>
+        <v>127982</v>
       </c>
       <c r="B76" t="s">
         <v>15</v>
       </c>
       <c r="C76" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="D76" t="s">
-        <v>283</v>
+        <v>124</v>
       </c>
       <c r="E76" t="s">
         <v>18</v>
       </c>
       <c r="F76" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="G76" t="s">
         <v>27</v>
       </c>
       <c r="H76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I76">
         <v>2</v>
       </c>
       <c r="J76">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K76" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
       <c r="L76" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M76" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
       <c r="N76" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="O76" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>105357</v>
+        <v>127983</v>
       </c>
       <c r="B77" t="s">
         <v>15</v>
       </c>
       <c r="C77" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="D77" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="E77" t="s">
         <v>18</v>
       </c>
       <c r="F77" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="G77" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I77">
         <v>3</v>
       </c>
       <c r="J77">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K77" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
       <c r="L77" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="M77" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
       <c r="N77" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="O77" t="s">
-        <v>287</v>
+        <v>298</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>105358</v>
+        <v>127984</v>
       </c>
       <c r="B78" t="s">
         <v>15</v>
       </c>
       <c r="C78" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="D78" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="E78" t="s">
         <v>18</v>
       </c>
       <c r="F78" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="G78" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H78">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I78">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J78">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K78" t="s">
-        <v>272</v>
+        <v>56</v>
       </c>
       <c r="L78" t="s">
-        <v>22</v>
+        <v>301</v>
       </c>
       <c r="M78" t="s">
-        <v>272</v>
+        <v>56</v>
       </c>
       <c r="N78" t="s">
-        <v>23</v>
+        <v>302</v>
       </c>
       <c r="O78" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>105359</v>
+        <v>128060</v>
       </c>
       <c r="B79" t="s">
         <v>15</v>
       </c>
       <c r="C79" t="s">
-        <v>291</v>
+        <v>304</v>
       </c>
       <c r="D79" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="F79" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="G79" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H79">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I79">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J79">
         <v>5</v>
       </c>
       <c r="K79" t="s">
-        <v>272</v>
+        <v>74</v>
       </c>
       <c r="L79" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M79" t="s">
-        <v>272</v>
+        <v>172</v>
       </c>
       <c r="N79" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="O79" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>105360</v>
+        <v>128061</v>
       </c>
       <c r="B80" t="s">
         <v>15</v>
       </c>
       <c r="C80" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="D80" t="s">
-        <v>255</v>
+        <v>308</v>
       </c>
       <c r="E80" t="s">
         <v>18</v>
       </c>
       <c r="F80" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="G80" t="s">
         <v>20</v>
       </c>
       <c r="H80">
         <v>1</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
       <c r="J80">
         <v>5</v>
       </c>
       <c r="K80" t="s">
-        <v>176</v>
+        <v>74</v>
       </c>
       <c r="L80" t="s">
         <v>22</v>
       </c>
       <c r="M80" t="s">
-        <v>176</v>
+        <v>74</v>
       </c>
       <c r="N80" t="s">
-        <v>134</v>
+        <v>117</v>
       </c>
       <c r="O80" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>105361</v>
+        <v>128062</v>
       </c>
       <c r="B81" t="s">
         <v>15</v>
       </c>
       <c r="C81" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="D81" t="s">
-        <v>204</v>
+        <v>305</v>
       </c>
       <c r="E81" t="s">
         <v>18</v>
       </c>
       <c r="F81" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="G81" t="s">
         <v>20</v>
       </c>
       <c r="H81">
         <v>1</v>
       </c>
       <c r="I81">
         <v>1</v>
       </c>
       <c r="J81">
         <v>5</v>
       </c>
       <c r="K81" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="L81" t="s">
         <v>22</v>
       </c>
       <c r="M81" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="N81" t="s">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="O81" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>105362</v>
+        <v>128063</v>
       </c>
       <c r="B82" t="s">
         <v>15</v>
       </c>
       <c r="C82" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="D82" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="E82" t="s">
         <v>18</v>
       </c>
       <c r="F82" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="G82" t="s">
         <v>20</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82">
         <v>1</v>
       </c>
       <c r="J82">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K82" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="L82" t="s">
         <v>22</v>
       </c>
       <c r="M82" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="N82" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="O82" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>105363</v>
+        <v>128064</v>
       </c>
       <c r="B83" t="s">
         <v>15</v>
       </c>
       <c r="C83" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="D83" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="E83" t="s">
         <v>18</v>
       </c>
       <c r="F83" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="G83" t="s">
         <v>20</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
       <c r="J83">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K83" t="s">
-        <v>176</v>
+        <v>98</v>
       </c>
       <c r="L83" t="s">
         <v>22</v>
       </c>
       <c r="M83" t="s">
-        <v>176</v>
+        <v>98</v>
       </c>
       <c r="N83" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="O83" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>105364</v>
+        <v>128065</v>
       </c>
       <c r="B84" t="s">
         <v>15</v>
       </c>
       <c r="C84" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="D84" t="s">
+        <v>319</v>
+      </c>
+      <c r="E84" t="s">
+        <v>18</v>
+      </c>
+      <c r="F84" t="s">
         <v>306</v>
       </c>
-      <c r="E84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G84" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H84">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
       <c r="J84">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K84" t="s">
-        <v>272</v>
+        <v>43</v>
       </c>
       <c r="L84" t="s">
         <v>22</v>
       </c>
       <c r="M84" t="s">
-        <v>272</v>
+        <v>43</v>
       </c>
       <c r="N84" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="O84" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>105365</v>
+        <v>128066</v>
       </c>
       <c r="B85" t="s">
         <v>15</v>
       </c>
       <c r="C85" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="D85" t="s">
+        <v>322</v>
+      </c>
+      <c r="E85" t="s">
+        <v>18</v>
+      </c>
+      <c r="F85" t="s">
         <v>306</v>
       </c>
-      <c r="E85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G85" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H85">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I85">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J85">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K85" t="s">
-        <v>272</v>
+        <v>188</v>
       </c>
       <c r="L85" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M85" t="s">
-        <v>272</v>
+        <v>188</v>
       </c>
       <c r="N85" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="O85" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>105366</v>
+        <v>128067</v>
       </c>
       <c r="B86" t="s">
         <v>15</v>
       </c>
       <c r="C86" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D86" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="E86" t="s">
         <v>18</v>
       </c>
       <c r="F86" t="s">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="G86" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H86">
         <v>3</v>
       </c>
       <c r="I86">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J86">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K86" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="L86" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M86" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="N86" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="O86" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>105367</v>
+        <v>128068</v>
       </c>
       <c r="B87" t="s">
         <v>15</v>
       </c>
       <c r="C87" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="D87" t="s">
-        <v>261</v>
+        <v>329</v>
       </c>
       <c r="E87" t="s">
         <v>18</v>
       </c>
       <c r="F87" t="s">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="G87" t="s">
         <v>27</v>
       </c>
       <c r="H87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I87">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J87">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K87" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="L87" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M87" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="N87" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
       <c r="O87" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>105368</v>
+        <v>128069</v>
       </c>
       <c r="B88" t="s">
         <v>15</v>
       </c>
       <c r="C88" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="D88" t="s">
-        <v>265</v>
+        <v>325</v>
       </c>
       <c r="E88" t="s">
         <v>18</v>
       </c>
       <c r="F88" t="s">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="G88" t="s">
         <v>20</v>
       </c>
       <c r="H88">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I88">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J88">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K88" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="L88" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M88" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="N88" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="O88" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>105369</v>
+        <v>128070</v>
       </c>
       <c r="B89" t="s">
         <v>15</v>
       </c>
       <c r="C89" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="D89" t="s">
-        <v>140</v>
+        <v>334</v>
       </c>
       <c r="E89" t="s">
         <v>18</v>
       </c>
       <c r="F89" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G89" t="s">
         <v>20</v>
       </c>
       <c r="H89">
         <v>1</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
       <c r="J89">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K89" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="L89" t="s">
         <v>22</v>
       </c>
       <c r="M89" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="N89" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
       <c r="O89" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>105370</v>
+        <v>128071</v>
       </c>
       <c r="B90" t="s">
         <v>15</v>
       </c>
       <c r="C90" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="D90" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="E90" t="s">
         <v>18</v>
       </c>
       <c r="F90" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G90" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I90">
         <v>1</v>
       </c>
       <c r="J90">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K90" t="s">
-        <v>322</v>
+        <v>158</v>
       </c>
       <c r="L90" t="s">
         <v>22</v>
       </c>
       <c r="M90" t="s">
-        <v>322</v>
+        <v>158</v>
       </c>
       <c r="N90" t="s">
         <v>57</v>
       </c>
       <c r="O90" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>105371</v>
+        <v>128072</v>
       </c>
       <c r="B91" t="s">
         <v>15</v>
       </c>
       <c r="C91" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="D91" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="E91" t="s">
         <v>18</v>
       </c>
       <c r="F91" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G91" t="s">
         <v>20</v>
       </c>
       <c r="H91">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I91">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J91">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K91" t="s">
-        <v>322</v>
+        <v>28</v>
       </c>
       <c r="L91" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M91" t="s">
-        <v>322</v>
+        <v>28</v>
       </c>
       <c r="N91" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="O91" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>105372</v>
+        <v>128073</v>
       </c>
       <c r="B92" t="s">
         <v>15</v>
       </c>
       <c r="C92" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="D92" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="F92" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G92" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J92">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K92" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="L92" t="s">
         <v>22</v>
       </c>
       <c r="M92" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="N92" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="O92" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>105373</v>
+        <v>128074</v>
       </c>
       <c r="B93" t="s">
         <v>15</v>
       </c>
       <c r="C93" t="s">
-        <v>330</v>
+        <v>343</v>
       </c>
       <c r="D93" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="E93" t="s">
         <v>18</v>
       </c>
       <c r="F93" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G93" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
       <c r="J93">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K93" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="L93" t="s">
         <v>22</v>
       </c>
       <c r="M93" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="N93" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="O93" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>105374</v>
+        <v>128075</v>
       </c>
       <c r="B94" t="s">
         <v>15</v>
       </c>
       <c r="C94" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="D94" t="s">
-        <v>334</v>
+        <v>109</v>
       </c>
       <c r="E94" t="s">
         <v>18</v>
       </c>
       <c r="F94" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G94" t="s">
         <v>20</v>
       </c>
       <c r="H94">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I94">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J94">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K94" t="s">
-        <v>335</v>
+        <v>91</v>
       </c>
       <c r="L94" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M94" t="s">
-        <v>335</v>
+        <v>91</v>
       </c>
       <c r="N94" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="O94" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>105375</v>
+        <v>128076</v>
       </c>
       <c r="B95" t="s">
         <v>15</v>
       </c>
       <c r="C95" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="D95" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="E95" t="s">
         <v>18</v>
       </c>
       <c r="F95" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="G95" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H95">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
       <c r="J95">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K95" t="s">
-        <v>339</v>
+        <v>98</v>
       </c>
       <c r="L95" t="s">
         <v>22</v>
       </c>
       <c r="M95" t="s">
-        <v>339</v>
+        <v>98</v>
       </c>
       <c r="N95" t="s">
-        <v>114</v>
+        <v>57</v>
       </c>
       <c r="O95" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>105376</v>
+        <v>128077</v>
       </c>
       <c r="B96" t="s">
         <v>15</v>
       </c>
       <c r="C96" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="D96" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="E96" t="s">
         <v>18</v>
       </c>
       <c r="F96" t="s">
-        <v>318</v>
+        <v>354</v>
       </c>
       <c r="G96" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H96">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I96">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J96">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K96" t="s">
-        <v>339</v>
+        <v>75</v>
       </c>
       <c r="L96" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M96" t="s">
-        <v>339</v>
+        <v>75</v>
       </c>
       <c r="N96" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="O96" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>105377</v>
+        <v>128078</v>
       </c>
       <c r="B97" t="s">
         <v>15</v>
       </c>
       <c r="C97" t="s">
-        <v>344</v>
+        <v>356</v>
       </c>
       <c r="D97" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="E97" t="s">
         <v>18</v>
       </c>
       <c r="F97" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="G97" t="s">
         <v>27</v>
       </c>
       <c r="H97">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I97">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J97">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K97" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L97" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M97" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="N97" t="s">
-        <v>84</v>
+        <v>176</v>
       </c>
       <c r="O97" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>105378</v>
+        <v>128079</v>
       </c>
       <c r="B98" t="s">
         <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="D98" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="E98" t="s">
         <v>18</v>
       </c>
       <c r="F98" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="G98" t="s">
         <v>20</v>
       </c>
       <c r="H98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J98">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K98" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L98" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M98" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="N98" t="s">
-        <v>177</v>
+        <v>117</v>
       </c>
       <c r="O98" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>105379</v>
+        <v>128103</v>
       </c>
       <c r="B99" t="s">
         <v>15</v>
       </c>
       <c r="C99" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="D99" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="E99" t="s">
         <v>18</v>
       </c>
       <c r="F99" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="G99" t="s">
         <v>27</v>
       </c>
       <c r="H99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I99">
         <v>1</v>
       </c>
       <c r="J99">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K99" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="L99" t="s">
         <v>22</v>
       </c>
       <c r="M99" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="N99" t="s">
-        <v>57</v>
+        <v>176</v>
       </c>
       <c r="O99" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>105380</v>
+        <v>128104</v>
       </c>
       <c r="B100" t="s">
         <v>15</v>
       </c>
       <c r="C100" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="D100" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="E100" t="s">
         <v>18</v>
       </c>
       <c r="F100" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="G100" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I100">
         <v>2</v>
       </c>
       <c r="J100">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K100" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="L100" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M100" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="N100" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="O100" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>105381</v>
+        <v>128105</v>
       </c>
       <c r="B101" t="s">
         <v>15</v>
       </c>
       <c r="C101" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="D101" t="s">
-        <v>53</v>
+        <v>371</v>
       </c>
       <c r="E101" t="s">
         <v>18</v>
       </c>
       <c r="F101" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="G101" t="s">
         <v>20</v>
       </c>
       <c r="H101">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I101">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J101">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K101" t="s">
-        <v>28</v>
+        <v>365</v>
       </c>
       <c r="L101" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M101" t="s">
-        <v>28</v>
+        <v>365</v>
       </c>
       <c r="N101" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="O101" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>105382</v>
+        <v>128106</v>
       </c>
       <c r="B102" t="s">
         <v>15</v>
       </c>
       <c r="C102" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="D102" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="E102" t="s">
         <v>18</v>
       </c>
       <c r="F102" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="G102" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H102">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="J102">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K102" t="s">
-        <v>126</v>
+        <v>375</v>
       </c>
       <c r="L102" t="s">
         <v>22</v>
       </c>
       <c r="M102" t="s">
-        <v>126</v>
+        <v>375</v>
       </c>
       <c r="N102" t="s">
-        <v>34</v>
+        <v>376</v>
       </c>
       <c r="O102" t="s">
-        <v>362</v>
+        <v>377</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>105383</v>
+        <v>128107</v>
       </c>
       <c r="B103" t="s">
         <v>15</v>
       </c>
       <c r="C103" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="D103" t="s">
+        <v>379</v>
+      </c>
+      <c r="E103" t="s">
+        <v>18</v>
+      </c>
+      <c r="F103" t="s">
         <v>364</v>
       </c>
-      <c r="E103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G103" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H103">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J103">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K103" t="s">
-        <v>335</v>
+        <v>375</v>
       </c>
       <c r="L103" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M103" t="s">
-        <v>335</v>
+        <v>375</v>
       </c>
       <c r="N103" t="s">
-        <v>134</v>
+        <v>380</v>
       </c>
       <c r="O103" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>105417</v>
+        <v>128108</v>
       </c>
       <c r="B104" t="s">
         <v>15</v>
       </c>
       <c r="C104" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="D104" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="E104" t="s">
         <v>18</v>
       </c>
       <c r="F104" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="G104" t="s">
         <v>27</v>
       </c>
       <c r="H104">
+        <v>4</v>
+      </c>
+      <c r="I104">
         <v>3</v>
       </c>
-      <c r="I104">
-[...1 lines deleted...]
-      </c>
       <c r="J104">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K104" t="s">
-        <v>69</v>
+        <v>375</v>
       </c>
       <c r="L104" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M104" t="s">
-        <v>69</v>
+        <v>375</v>
       </c>
       <c r="N104" t="s">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="O104" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>105418</v>
+        <v>128109</v>
       </c>
       <c r="B105" t="s">
         <v>15</v>
       </c>
       <c r="C105" t="s">
-        <v>371</v>
+        <v>386</v>
       </c>
       <c r="D105" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E105" t="s">
         <v>18</v>
       </c>
       <c r="F105" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="G105" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H105">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I105">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J105">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K105" t="s">
-        <v>69</v>
+        <v>375</v>
       </c>
       <c r="L105" t="s">
-        <v>50</v>
+        <v>301</v>
       </c>
       <c r="M105" t="s">
-        <v>69</v>
+        <v>375</v>
       </c>
       <c r="N105" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="O105" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>105419</v>
+        <v>128110</v>
       </c>
       <c r="B106" t="s">
         <v>15</v>
       </c>
       <c r="C106" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="D106" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="E106" t="s">
         <v>18</v>
       </c>
       <c r="F106" t="s">
-        <v>368</v>
+        <v>390</v>
       </c>
       <c r="G106" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I106">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J106">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K106" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="L106" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M106" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="N106" t="s">
-        <v>377</v>
+        <v>129</v>
       </c>
       <c r="O106" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>105421</v>
+        <v>128111</v>
       </c>
       <c r="B107" t="s">
         <v>15</v>
       </c>
       <c r="C107" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="D107" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="E107" t="s">
         <v>18</v>
       </c>
       <c r="F107" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G107" t="s">
         <v>20</v>
       </c>
       <c r="H107">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I107">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J107">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K107" t="s">
-        <v>38</v>
+        <v>227</v>
       </c>
       <c r="L107" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M107" t="s">
-        <v>38</v>
+        <v>227</v>
       </c>
       <c r="N107" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
       <c r="O107" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>105424</v>
+        <v>128112</v>
       </c>
       <c r="B108" t="s">
         <v>15</v>
       </c>
       <c r="C108" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="D108" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="E108" t="s">
         <v>18</v>
       </c>
       <c r="F108" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G108" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H108">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I108">
         <v>1</v>
       </c>
       <c r="J108">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K108" t="s">
-        <v>322</v>
+        <v>223</v>
       </c>
       <c r="L108" t="s">
         <v>22</v>
       </c>
       <c r="M108" t="s">
-        <v>322</v>
+        <v>223</v>
       </c>
       <c r="N108" t="s">
-        <v>134</v>
+        <v>87</v>
       </c>
       <c r="O108" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>105430</v>
+        <v>128113</v>
       </c>
       <c r="B109" t="s">
         <v>15</v>
       </c>
       <c r="C109" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="D109" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="E109" t="s">
         <v>18</v>
       </c>
       <c r="F109" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G109" t="s">
         <v>20</v>
       </c>
       <c r="H109">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I109">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J109">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K109" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="L109" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M109" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="N109" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="O109" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>105434</v>
+        <v>128114</v>
       </c>
       <c r="B110" t="s">
         <v>15</v>
       </c>
       <c r="C110" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
       <c r="D110" t="s">
-        <v>125</v>
+        <v>402</v>
       </c>
       <c r="E110" t="s">
         <v>18</v>
       </c>
       <c r="F110" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G110" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H110">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I110">
         <v>1</v>
       </c>
       <c r="J110">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K110" t="s">
-        <v>126</v>
+        <v>375</v>
       </c>
       <c r="L110" t="s">
         <v>22</v>
       </c>
       <c r="M110" t="s">
-        <v>126</v>
+        <v>375</v>
       </c>
       <c r="N110" t="s">
-        <v>57</v>
+        <v>278</v>
       </c>
       <c r="O110" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>105438</v>
+        <v>128115</v>
       </c>
       <c r="B111" t="s">
         <v>15</v>
       </c>
       <c r="C111" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="D111" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="E111" t="s">
         <v>18</v>
       </c>
       <c r="F111" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G111" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H111">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J111">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K111" t="s">
-        <v>61</v>
+        <v>375</v>
       </c>
       <c r="L111" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M111" t="s">
-        <v>61</v>
+        <v>375</v>
       </c>
       <c r="N111" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="O111" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>105440</v>
+        <v>128116</v>
       </c>
       <c r="B112" t="s">
         <v>15</v>
       </c>
       <c r="C112" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="D112" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="E112" t="s">
         <v>18</v>
       </c>
       <c r="F112" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G112" t="s">
         <v>20</v>
       </c>
       <c r="H112">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I112">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J112">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K112" t="s">
-        <v>94</v>
+        <v>375</v>
       </c>
       <c r="L112" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M112" t="s">
-        <v>94</v>
+        <v>375</v>
       </c>
       <c r="N112" t="s">
-        <v>130</v>
+        <v>409</v>
       </c>
       <c r="O112" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>105441</v>
+        <v>128117</v>
       </c>
       <c r="B113" t="s">
         <v>15</v>
       </c>
       <c r="C113" t="s">
-        <v>397</v>
+        <v>411</v>
       </c>
       <c r="D113" t="s">
-        <v>398</v>
+        <v>412</v>
       </c>
       <c r="E113" t="s">
         <v>18</v>
       </c>
       <c r="F113" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="G113" t="s">
         <v>27</v>
       </c>
       <c r="H113">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I113">
         <v>1</v>
       </c>
       <c r="J113">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K113" t="s">
-        <v>69</v>
+        <v>365</v>
       </c>
       <c r="L113" t="s">
         <v>22</v>
       </c>
       <c r="M113" t="s">
-        <v>69</v>
+        <v>365</v>
       </c>
       <c r="N113" t="s">
-        <v>400</v>
+        <v>52</v>
       </c>
       <c r="O113" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>105442</v>
+        <v>128118</v>
       </c>
       <c r="B114" t="s">
         <v>15</v>
       </c>
       <c r="C114" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="D114" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="E114" t="s">
         <v>18</v>
       </c>
       <c r="F114" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="G114" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H114">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I114">
         <v>2</v>
       </c>
       <c r="J114">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K114" t="s">
+        <v>365</v>
+      </c>
+      <c r="L114" t="s">
+        <v>33</v>
+      </c>
+      <c r="M114" t="s">
+        <v>365</v>
+      </c>
+      <c r="N114" t="s">
         <v>69</v>
       </c>
-      <c r="L114" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O114" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>105443</v>
+        <v>128119</v>
       </c>
       <c r="B115" t="s">
         <v>15</v>
       </c>
       <c r="C115" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="D115" t="s">
-        <v>26</v>
+        <v>418</v>
       </c>
       <c r="E115" t="s">
         <v>18</v>
       </c>
       <c r="F115" t="s">
-        <v>406</v>
+        <v>390</v>
       </c>
       <c r="G115" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H115">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I115">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J115">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K115" t="s">
-        <v>28</v>
+        <v>365</v>
       </c>
       <c r="L115" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M115" t="s">
-        <v>28</v>
+        <v>365</v>
       </c>
       <c r="N115" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="O115" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>105444</v>
+        <v>128120</v>
       </c>
       <c r="B116" t="s">
         <v>15</v>
       </c>
       <c r="C116" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D116" t="s">
-        <v>90</v>
+        <v>421</v>
       </c>
       <c r="E116" t="s">
         <v>18</v>
       </c>
       <c r="F116" t="s">
-        <v>406</v>
+        <v>364</v>
       </c>
       <c r="G116" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H116">
         <v>2</v>
       </c>
       <c r="I116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J116">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K116" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="L116" t="s">
         <v>22</v>
       </c>
       <c r="M116" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="N116" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="O116" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>105445</v>
+        <v>128121</v>
       </c>
       <c r="B117" t="s">
         <v>15</v>
       </c>
       <c r="C117" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="D117" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="E117" t="s">
         <v>18</v>
       </c>
       <c r="F117" t="s">
-        <v>406</v>
+        <v>364</v>
       </c>
       <c r="G117" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H117">
         <v>2</v>
       </c>
       <c r="I117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J117">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K117" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="L117" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M117" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="N117" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="O117" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>105446</v>
+        <v>128122</v>
       </c>
       <c r="B118" t="s">
         <v>15</v>
       </c>
       <c r="C118" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="D118" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E118" t="s">
         <v>18</v>
       </c>
       <c r="F118" t="s">
-        <v>406</v>
+        <v>364</v>
       </c>
       <c r="G118" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I118">
         <v>1</v>
       </c>
       <c r="J118">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K118" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="L118" t="s">
         <v>22</v>
       </c>
       <c r="M118" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="N118" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="O118" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>105463</v>
+        <v>128123</v>
       </c>
       <c r="B119" t="s">
         <v>15</v>
       </c>
       <c r="C119" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="D119" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="E119" t="s">
         <v>18</v>
       </c>
       <c r="F119" t="s">
-        <v>406</v>
+        <v>364</v>
       </c>
       <c r="G119" t="s">
         <v>20</v>
       </c>
       <c r="H119">
         <v>2</v>
       </c>
       <c r="I119">
         <v>2</v>
       </c>
       <c r="J119">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K119" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="L119" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M119" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="N119" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
       <c r="O119" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>105466</v>
+        <v>128124</v>
       </c>
       <c r="B120" t="s">
         <v>15</v>
       </c>
       <c r="C120" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="D120" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="E120" t="s">
         <v>18</v>
       </c>
       <c r="F120" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G120" t="s">
         <v>27</v>
       </c>
       <c r="H120">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I120">
         <v>1</v>
       </c>
       <c r="J120">
         <v>1</v>
       </c>
       <c r="K120" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L120" t="s">
         <v>22</v>
       </c>
       <c r="M120" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N120" t="s">
-        <v>114</v>
+        <v>57</v>
       </c>
       <c r="O120" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>105467</v>
+        <v>128125</v>
       </c>
       <c r="B121" t="s">
         <v>15</v>
       </c>
       <c r="C121" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="D121" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="E121" t="s">
         <v>18</v>
       </c>
       <c r="F121" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G121" t="s">
         <v>27</v>
       </c>
       <c r="H121">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I121">
         <v>2</v>
       </c>
       <c r="J121">
         <v>1</v>
       </c>
       <c r="K121" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L121" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M121" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N121" t="s">
-        <v>369</v>
+        <v>180</v>
       </c>
       <c r="O121" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>105468</v>
+        <v>128126</v>
       </c>
       <c r="B122" t="s">
         <v>15</v>
       </c>
       <c r="C122" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="D122" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="E122" t="s">
         <v>18</v>
       </c>
       <c r="F122" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G122" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H122">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I122">
         <v>3</v>
       </c>
       <c r="J122">
         <v>1</v>
       </c>
       <c r="K122" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L122" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="M122" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N122" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="O122" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>105469</v>
+        <v>128127</v>
       </c>
       <c r="B123" t="s">
         <v>15</v>
       </c>
       <c r="C123" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="D123" t="s">
-        <v>430</v>
+        <v>222</v>
       </c>
       <c r="E123" t="s">
         <v>18</v>
       </c>
       <c r="F123" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G123" t="s">
         <v>27</v>
       </c>
       <c r="H123">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I123">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J123">
         <v>1</v>
       </c>
       <c r="K123" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="L123" t="s">
-        <v>431</v>
+        <v>22</v>
       </c>
       <c r="M123" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="N123" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="O123" t="s">
-        <v>432</v>
+        <v>443</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>105470</v>
+        <v>128128</v>
       </c>
       <c r="B124" t="s">
         <v>15</v>
       </c>
       <c r="C124" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D124" t="s">
+        <v>445</v>
+      </c>
+      <c r="E124" t="s">
+        <v>18</v>
+      </c>
+      <c r="F124" t="s">
         <v>434</v>
       </c>
-      <c r="E124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G124" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H124">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I124">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J124">
         <v>1</v>
       </c>
       <c r="K124" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="L124" t="s">
-        <v>435</v>
+        <v>33</v>
       </c>
       <c r="M124" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="N124" t="s">
-        <v>377</v>
+        <v>29</v>
       </c>
       <c r="O124" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>105471</v>
+        <v>128129</v>
       </c>
       <c r="B125" t="s">
         <v>15</v>
       </c>
       <c r="C125" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="D125" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="E125" t="s">
         <v>18</v>
       </c>
       <c r="F125" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G125" t="s">
         <v>20</v>
       </c>
       <c r="H125">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I125">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J125">
         <v>1</v>
       </c>
       <c r="K125" t="s">
-        <v>176</v>
+        <v>223</v>
       </c>
       <c r="L125" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M125" t="s">
-        <v>176</v>
+        <v>223</v>
       </c>
       <c r="N125" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="O125" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>105472</v>
+        <v>128130</v>
       </c>
       <c r="B126" t="s">
         <v>15</v>
       </c>
       <c r="C126" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="D126" t="s">
-        <v>246</v>
+        <v>451</v>
       </c>
       <c r="E126" t="s">
         <v>18</v>
       </c>
       <c r="F126" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G126" t="s">
         <v>20</v>
       </c>
       <c r="H126">
         <v>1</v>
       </c>
       <c r="I126">
         <v>1</v>
       </c>
       <c r="J126">
         <v>1</v>
       </c>
       <c r="K126" t="s">
-        <v>181</v>
+        <v>375</v>
       </c>
       <c r="L126" t="s">
         <v>22</v>
       </c>
       <c r="M126" t="s">
-        <v>181</v>
+        <v>375</v>
       </c>
       <c r="N126" t="s">
-        <v>84</v>
+        <v>274</v>
       </c>
       <c r="O126" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>105473</v>
+        <v>128131</v>
       </c>
       <c r="B127" t="s">
         <v>15</v>
       </c>
       <c r="C127" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="D127" t="s">
-        <v>231</v>
+        <v>454</v>
       </c>
       <c r="E127" t="s">
         <v>18</v>
       </c>
       <c r="F127" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="G127" t="s">
         <v>27</v>
       </c>
       <c r="H127">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I127">
         <v>1</v>
       </c>
       <c r="J127">
         <v>1</v>
       </c>
       <c r="K127" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="L127" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M127" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="N127" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="O127" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>105474</v>
+        <v>128132</v>
       </c>
       <c r="B128" t="s">
         <v>15</v>
       </c>
       <c r="C128" t="s">
-        <v>445</v>
+        <v>456</v>
       </c>
       <c r="D128" t="s">
-        <v>235</v>
+        <v>457</v>
       </c>
       <c r="E128" t="s">
         <v>18</v>
       </c>
       <c r="F128" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="G128" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H128">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I128">
         <v>2</v>
       </c>
       <c r="J128">
         <v>1</v>
       </c>
       <c r="K128" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="L128" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="M128" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="N128" t="s">
-        <v>34</v>
+        <v>129</v>
       </c>
       <c r="O128" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>105475</v>
+        <v>128133</v>
       </c>
       <c r="B129" t="s">
         <v>15</v>
       </c>
       <c r="C129" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="D129" t="s">
-        <v>198</v>
+        <v>460</v>
       </c>
       <c r="E129" t="s">
         <v>18</v>
       </c>
       <c r="F129" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="G129" t="s">
         <v>27</v>
       </c>
       <c r="H129">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I129">
         <v>1</v>
       </c>
       <c r="J129">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K129" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L129" t="s">
         <v>22</v>
       </c>
       <c r="M129" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N129" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="O129" t="s">
-        <v>448</v>
+        <v>462</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>105476</v>
+        <v>128134</v>
       </c>
       <c r="B130" t="s">
         <v>15</v>
       </c>
       <c r="C130" t="s">
-        <v>449</v>
+        <v>463</v>
       </c>
       <c r="D130" t="s">
-        <v>450</v>
+        <v>393</v>
       </c>
       <c r="E130" t="s">
         <v>18</v>
       </c>
       <c r="F130" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="G130" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H130">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I130">
         <v>2</v>
       </c>
       <c r="J130">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K130" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L130" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M130" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N130" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="O130" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>105477</v>
+        <v>128135</v>
       </c>
       <c r="B131" t="s">
         <v>15</v>
       </c>
       <c r="C131" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="D131" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="E131" t="s">
         <v>18</v>
       </c>
       <c r="F131" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="G131" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H131">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I131">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J131">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K131" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="L131" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M131" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="N131" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="O131" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>105478</v>
+        <v>128136</v>
       </c>
       <c r="B132" t="s">
         <v>15</v>
       </c>
       <c r="C132" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="D132" t="s">
-        <v>456</v>
+        <v>421</v>
       </c>
       <c r="E132" t="s">
         <v>18</v>
       </c>
       <c r="F132" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="G132" t="s">
         <v>20</v>
       </c>
       <c r="H132">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I132">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J132">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K132" t="s">
+        <v>223</v>
+      </c>
+      <c r="L132" t="s">
+        <v>33</v>
+      </c>
+      <c r="M132" t="s">
+        <v>223</v>
+      </c>
+      <c r="N132" t="s">
         <v>176</v>
       </c>
-      <c r="L132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O132" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>105479</v>
+        <v>128137</v>
       </c>
       <c r="B133" t="s">
         <v>15</v>
       </c>
       <c r="C133" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="D133" t="s">
-        <v>204</v>
+        <v>471</v>
       </c>
       <c r="E133" t="s">
         <v>18</v>
       </c>
       <c r="F133" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="G133" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H133">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I133">
         <v>1</v>
       </c>
       <c r="J133">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K133" t="s">
-        <v>181</v>
+        <v>365</v>
       </c>
       <c r="L133" t="s">
         <v>22</v>
       </c>
       <c r="M133" t="s">
-        <v>181</v>
+        <v>365</v>
       </c>
       <c r="N133" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="O133" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>105480</v>
+        <v>128138</v>
       </c>
       <c r="B134" t="s">
         <v>15</v>
       </c>
       <c r="C134" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="D134" t="s">
-        <v>160</v>
+        <v>474</v>
       </c>
       <c r="E134" t="s">
         <v>18</v>
       </c>
       <c r="F134" t="s">
         <v>461</v>
       </c>
       <c r="G134" t="s">
         <v>27</v>
       </c>
       <c r="H134">
         <v>3</v>
       </c>
       <c r="I134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K134" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="L134" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M134" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="N134" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="O134" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>105481</v>
+        <v>128139</v>
       </c>
       <c r="B135" t="s">
         <v>15</v>
       </c>
       <c r="C135" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="D135" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="E135" t="s">
         <v>18</v>
       </c>
       <c r="F135" t="s">
         <v>461</v>
       </c>
       <c r="G135" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H135">
         <v>3</v>
       </c>
       <c r="I135">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J135">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K135" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="L135" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M135" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="N135" t="s">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="O135" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>105482</v>
+        <v>128140</v>
       </c>
       <c r="B136" t="s">
         <v>15</v>
       </c>
       <c r="C136" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
       <c r="D136" t="s">
-        <v>184</v>
+        <v>480</v>
       </c>
       <c r="E136" t="s">
         <v>18</v>
       </c>
       <c r="F136" t="s">
         <v>461</v>
       </c>
       <c r="G136" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H136">
         <v>3</v>
       </c>
       <c r="I136">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J136">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K136" t="s">
-        <v>154</v>
+        <v>375</v>
       </c>
       <c r="L136" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M136" t="s">
-        <v>154</v>
+        <v>375</v>
       </c>
       <c r="N136" t="s">
-        <v>62</v>
+        <v>481</v>
       </c>
       <c r="O136" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>105483</v>
+        <v>128141</v>
       </c>
       <c r="B137" t="s">
         <v>15</v>
       </c>
       <c r="C137" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="D137" t="s">
-        <v>240</v>
+        <v>484</v>
       </c>
       <c r="E137" t="s">
         <v>18</v>
       </c>
       <c r="F137" t="s">
         <v>461</v>
       </c>
       <c r="G137" t="s">
         <v>27</v>
       </c>
       <c r="H137">
         <v>3</v>
       </c>
       <c r="I137">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J137">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K137" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="L137" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M137" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="N137" t="s">
-        <v>57</v>
+        <v>485</v>
       </c>
       <c r="O137" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>105484</v>
+        <v>128142</v>
       </c>
       <c r="B138" t="s">
         <v>15</v>
       </c>
       <c r="C138" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="D138" t="s">
-        <v>192</v>
+        <v>488</v>
       </c>
       <c r="E138" t="s">
         <v>18</v>
       </c>
       <c r="F138" t="s">
         <v>461</v>
       </c>
       <c r="G138" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H138">
         <v>3</v>
       </c>
       <c r="I138">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J138">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K138" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="L138" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M138" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="N138" t="s">
-        <v>39</v>
+        <v>489</v>
       </c>
       <c r="O138" t="s">
-        <v>471</v>
+        <v>490</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>105485</v>
+        <v>128143</v>
       </c>
       <c r="B139" t="s">
         <v>15</v>
       </c>
       <c r="C139" t="s">
-        <v>472</v>
+        <v>491</v>
       </c>
       <c r="D139" t="s">
-        <v>222</v>
+        <v>492</v>
       </c>
       <c r="E139" t="s">
         <v>18</v>
       </c>
       <c r="F139" t="s">
-        <v>461</v>
+        <v>493</v>
       </c>
       <c r="G139" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H139">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I139">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K139" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="L139" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M139" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="N139" t="s">
-        <v>134</v>
+        <v>262</v>
       </c>
       <c r="O139" t="s">
-        <v>473</v>
+        <v>494</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>105486</v>
+        <v>128144</v>
       </c>
       <c r="B140" t="s">
         <v>15</v>
       </c>
       <c r="C140" t="s">
-        <v>474</v>
+        <v>495</v>
       </c>
       <c r="D140" t="s">
-        <v>475</v>
+        <v>496</v>
       </c>
       <c r="E140" t="s">
         <v>18</v>
       </c>
       <c r="F140" t="s">
-        <v>461</v>
+        <v>493</v>
       </c>
       <c r="G140" t="s">
         <v>20</v>
       </c>
       <c r="H140">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I140">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J140">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K140" t="s">
-        <v>176</v>
+        <v>375</v>
       </c>
       <c r="L140" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M140" t="s">
-        <v>176</v>
+        <v>375</v>
       </c>
       <c r="N140" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="O140" t="s">
-        <v>476</v>
+        <v>497</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>105487</v>
+        <v>128145</v>
       </c>
       <c r="B141" t="s">
         <v>15</v>
       </c>
       <c r="C141" t="s">
-        <v>477</v>
+        <v>498</v>
       </c>
       <c r="D141" t="s">
-        <v>478</v>
+        <v>499</v>
       </c>
       <c r="E141" t="s">
         <v>18</v>
       </c>
       <c r="F141" t="s">
-        <v>461</v>
+        <v>493</v>
       </c>
       <c r="G141" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I141">
         <v>1</v>
       </c>
       <c r="J141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K141" t="s">
-        <v>181</v>
+        <v>365</v>
       </c>
       <c r="L141" t="s">
         <v>22</v>
       </c>
       <c r="M141" t="s">
-        <v>181</v>
+        <v>365</v>
       </c>
       <c r="N141" t="s">
         <v>29</v>
       </c>
       <c r="O141" t="s">
-        <v>479</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>105488</v>
+        <v>128146</v>
       </c>
       <c r="B142" t="s">
         <v>15</v>
       </c>
       <c r="C142" t="s">
-        <v>480</v>
+        <v>501</v>
       </c>
       <c r="D142" t="s">
-        <v>214</v>
+        <v>502</v>
       </c>
       <c r="E142" t="s">
         <v>18</v>
       </c>
       <c r="F142" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="G142" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H142">
         <v>2</v>
       </c>
       <c r="I142">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J142">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K142" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="L142" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M142" t="s">
-        <v>154</v>
+        <v>365</v>
       </c>
       <c r="N142" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="O142" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>105489</v>
+        <v>128147</v>
       </c>
       <c r="B143" t="s">
         <v>15</v>
       </c>
       <c r="C143" t="s">
-        <v>483</v>
+        <v>504</v>
       </c>
       <c r="D143" t="s">
-        <v>207</v>
+        <v>505</v>
       </c>
       <c r="E143" t="s">
         <v>18</v>
       </c>
       <c r="F143" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="G143" t="s">
         <v>20</v>
       </c>
       <c r="H143">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I143">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J143">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K143" t="s">
-        <v>154</v>
+        <v>223</v>
       </c>
       <c r="L143" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M143" t="s">
-        <v>154</v>
+        <v>223</v>
       </c>
       <c r="N143" t="s">
-        <v>177</v>
+        <v>57</v>
       </c>
       <c r="O143" t="s">
-        <v>484</v>
+        <v>506</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>105490</v>
+        <v>128148</v>
       </c>
       <c r="B144" t="s">
         <v>15</v>
       </c>
       <c r="C144" t="s">
-        <v>485</v>
+        <v>507</v>
       </c>
       <c r="D144" t="s">
-        <v>219</v>
+        <v>508</v>
       </c>
       <c r="E144" t="s">
         <v>18</v>
       </c>
       <c r="F144" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="G144" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H144">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I144">
         <v>1</v>
       </c>
       <c r="J144">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K144" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="L144" t="s">
         <v>22</v>
       </c>
       <c r="M144" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="N144" t="s">
         <v>110</v>
       </c>
       <c r="O144" t="s">
-        <v>486</v>
+        <v>509</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>105491</v>
+        <v>128149</v>
       </c>
       <c r="B145" t="s">
         <v>15</v>
       </c>
       <c r="C145" t="s">
-        <v>487</v>
+        <v>510</v>
       </c>
       <c r="D145" t="s">
-        <v>195</v>
+        <v>511</v>
       </c>
       <c r="E145" t="s">
         <v>18</v>
       </c>
       <c r="F145" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="G145" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H145">
         <v>2</v>
       </c>
       <c r="I145">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J145">
         <v>1</v>
       </c>
       <c r="K145" t="s">
-        <v>164</v>
+        <v>43</v>
       </c>
       <c r="L145" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M145" t="s">
-        <v>164</v>
+        <v>43</v>
       </c>
       <c r="N145" t="s">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="O145" t="s">
-        <v>488</v>
+        <v>513</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>105492</v>
+        <v>128150</v>
       </c>
       <c r="B146" t="s">
         <v>15</v>
       </c>
       <c r="C146" t="s">
-        <v>489</v>
+        <v>514</v>
       </c>
       <c r="D146" t="s">
-        <v>490</v>
+        <v>515</v>
       </c>
       <c r="E146" t="s">
         <v>18</v>
       </c>
       <c r="F146" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="G146" t="s">
         <v>20</v>
       </c>
       <c r="H146">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I146">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J146">
         <v>1</v>
       </c>
       <c r="K146" t="s">
-        <v>176</v>
+        <v>43</v>
       </c>
       <c r="L146" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M146" t="s">
-        <v>176</v>
+        <v>43</v>
       </c>
       <c r="N146" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="O146" t="s">
-        <v>491</v>
+        <v>516</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>105493</v>
+        <v>128151</v>
       </c>
       <c r="B147" t="s">
         <v>15</v>
       </c>
       <c r="C147" t="s">
-        <v>492</v>
+        <v>517</v>
       </c>
       <c r="D147" t="s">
-        <v>180</v>
+        <v>518</v>
       </c>
       <c r="E147" t="s">
         <v>18</v>
       </c>
       <c r="F147" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="G147" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H147">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I147">
         <v>1</v>
       </c>
       <c r="J147">
         <v>1</v>
       </c>
       <c r="K147" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="L147" t="s">
         <v>22</v>
       </c>
       <c r="M147" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="N147" t="s">
-        <v>39</v>
+        <v>151</v>
       </c>
       <c r="O147" t="s">
-        <v>493</v>
+        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>105494</v>
+        <v>128152</v>
       </c>
       <c r="B148" t="s">
         <v>15</v>
       </c>
       <c r="C148" t="s">
-        <v>494</v>
+        <v>520</v>
       </c>
       <c r="D148" t="s">
-        <v>495</v>
+        <v>521</v>
       </c>
       <c r="E148" t="s">
         <v>18</v>
       </c>
       <c r="F148" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="G148" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H148">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I148">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J148">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K148" t="s">
-        <v>272</v>
+        <v>188</v>
       </c>
       <c r="L148" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M148" t="s">
-        <v>272</v>
+        <v>188</v>
       </c>
       <c r="N148" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="O148" t="s">
-        <v>497</v>
+        <v>522</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>105495</v>
+        <v>128153</v>
       </c>
       <c r="B149" t="s">
         <v>15</v>
       </c>
       <c r="C149" t="s">
-        <v>498</v>
+        <v>523</v>
       </c>
       <c r="D149" t="s">
-        <v>499</v>
+        <v>47</v>
       </c>
       <c r="E149" t="s">
         <v>18</v>
       </c>
       <c r="F149" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="G149" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H149">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I149">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J149">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K149" t="s">
-        <v>272</v>
+        <v>48</v>
       </c>
       <c r="L149" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M149" t="s">
-        <v>272</v>
+        <v>48</v>
       </c>
       <c r="N149" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="O149" t="s">
-        <v>500</v>
+        <v>524</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>105496</v>
+        <v>128154</v>
       </c>
       <c r="B150" t="s">
         <v>15</v>
       </c>
       <c r="C150" t="s">
-        <v>501</v>
+        <v>525</v>
       </c>
       <c r="D150" t="s">
-        <v>502</v>
+        <v>17</v>
       </c>
       <c r="E150" t="s">
         <v>18</v>
       </c>
       <c r="F150" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="G150" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H150">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I150">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J150">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K150" t="s">
-        <v>272</v>
+        <v>21</v>
       </c>
       <c r="L150" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M150" t="s">
-        <v>272</v>
+        <v>21</v>
       </c>
       <c r="N150" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="O150" t="s">
-        <v>503</v>
+        <v>526</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>105497</v>
+        <v>128155</v>
       </c>
       <c r="B151" t="s">
         <v>15</v>
       </c>
       <c r="C151" t="s">
-        <v>504</v>
+        <v>527</v>
       </c>
       <c r="D151" t="s">
-        <v>286</v>
+        <v>528</v>
       </c>
       <c r="E151" t="s">
         <v>18</v>
       </c>
       <c r="F151" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="G151" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H151">
         <v>2</v>
       </c>
       <c r="I151">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J151">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K151" t="s">
-        <v>262</v>
+        <v>21</v>
       </c>
       <c r="L151" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M151" t="s">
-        <v>262</v>
+        <v>21</v>
       </c>
       <c r="N151" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="O151" t="s">
-        <v>505</v>
+        <v>529</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>105498</v>
+        <v>128156</v>
       </c>
       <c r="B152" t="s">
         <v>15</v>
       </c>
       <c r="C152" t="s">
-        <v>506</v>
+        <v>530</v>
       </c>
       <c r="D152" t="s">
-        <v>283</v>
+        <v>531</v>
       </c>
       <c r="E152" t="s">
         <v>18</v>
       </c>
       <c r="F152" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="G152" t="s">
         <v>20</v>
       </c>
       <c r="H152">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I152">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J152">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K152" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="L152" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M152" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="N152" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="O152" t="s">
-        <v>507</v>
+        <v>532</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>105499</v>
+        <v>128157</v>
       </c>
       <c r="B153" t="s">
         <v>15</v>
       </c>
       <c r="C153" t="s">
-        <v>508</v>
+        <v>533</v>
       </c>
       <c r="D153" t="s">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="E153" t="s">
         <v>18</v>
       </c>
       <c r="F153" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
       <c r="G153" t="s">
         <v>20</v>
       </c>
       <c r="H153">
         <v>1</v>
       </c>
       <c r="I153">
         <v>1</v>
       </c>
       <c r="J153">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K153" t="s">
-        <v>181</v>
+        <v>74</v>
       </c>
       <c r="L153" t="s">
         <v>22</v>
       </c>
       <c r="M153" t="s">
-        <v>181</v>
+        <v>74</v>
       </c>
       <c r="N153" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="O153" t="s">
-        <v>509</v>
+        <v>535</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>105500</v>
+        <v>128158</v>
       </c>
       <c r="B154" t="s">
         <v>15</v>
       </c>
       <c r="C154" t="s">
-        <v>510</v>
+        <v>536</v>
       </c>
       <c r="D154" t="s">
-        <v>511</v>
+        <v>537</v>
       </c>
       <c r="E154" t="s">
         <v>18</v>
       </c>
       <c r="F154" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
       <c r="G154" t="s">
         <v>20</v>
       </c>
       <c r="H154">
         <v>1</v>
       </c>
       <c r="I154">
         <v>1</v>
       </c>
       <c r="J154">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K154" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="L154" t="s">
         <v>22</v>
       </c>
       <c r="M154" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="N154" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="O154" t="s">
-        <v>512</v>
+        <v>538</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>105501</v>
+        <v>128159</v>
       </c>
       <c r="B155" t="s">
         <v>15</v>
       </c>
       <c r="C155" t="s">
-        <v>513</v>
+        <v>539</v>
       </c>
       <c r="D155" t="s">
-        <v>514</v>
+        <v>540</v>
       </c>
       <c r="E155" t="s">
         <v>18</v>
       </c>
       <c r="F155" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="G155" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H155">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I155">
         <v>1</v>
       </c>
       <c r="J155">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K155" t="s">
-        <v>272</v>
+        <v>21</v>
       </c>
       <c r="L155" t="s">
         <v>22</v>
       </c>
       <c r="M155" t="s">
-        <v>272</v>
+        <v>21</v>
       </c>
       <c r="N155" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="O155" t="s">
-        <v>516</v>
+        <v>541</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>105502</v>
+        <v>128160</v>
       </c>
       <c r="B156" t="s">
         <v>15</v>
       </c>
       <c r="C156" t="s">
-        <v>517</v>
+        <v>542</v>
       </c>
       <c r="D156" t="s">
-        <v>502</v>
+        <v>199</v>
       </c>
       <c r="E156" t="s">
         <v>18</v>
       </c>
       <c r="F156" t="s">
-        <v>515</v>
+        <v>543</v>
       </c>
       <c r="G156" t="s">
         <v>27</v>
       </c>
       <c r="H156">
         <v>3</v>
       </c>
       <c r="I156">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J156">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K156" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="L156" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M156" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="N156" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="O156" t="s">
-        <v>518</v>
+        <v>544</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>105503</v>
+        <v>128161</v>
       </c>
       <c r="B157" t="s">
         <v>15</v>
       </c>
       <c r="C157" t="s">
-        <v>519</v>
+        <v>545</v>
       </c>
       <c r="D157" t="s">
-        <v>289</v>
+        <v>546</v>
       </c>
       <c r="E157" t="s">
         <v>18</v>
       </c>
       <c r="F157" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="G157" t="s">
         <v>20</v>
       </c>
       <c r="H157">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I157">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J157">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K157" t="s">
-        <v>272</v>
+        <v>91</v>
       </c>
       <c r="L157" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M157" t="s">
-        <v>272</v>
+        <v>91</v>
       </c>
       <c r="N157" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="O157" t="s">
-        <v>520</v>
+        <v>547</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>105504</v>
+        <v>128162</v>
       </c>
       <c r="B158" t="s">
         <v>15</v>
       </c>
       <c r="C158" t="s">
-        <v>521</v>
+        <v>548</v>
       </c>
       <c r="D158" t="s">
-        <v>522</v>
+        <v>549</v>
       </c>
       <c r="E158" t="s">
         <v>18</v>
       </c>
       <c r="F158" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="G158" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H158">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I158">
         <v>1</v>
       </c>
       <c r="J158">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K158" t="s">
-        <v>262</v>
+        <v>184</v>
       </c>
       <c r="L158" t="s">
         <v>22</v>
       </c>
       <c r="M158" t="s">
-        <v>262</v>
+        <v>184</v>
       </c>
       <c r="N158" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="O158" t="s">
-        <v>523</v>
+        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>105505</v>
+        <v>128163</v>
       </c>
       <c r="B159" t="s">
         <v>15</v>
       </c>
       <c r="C159" t="s">
-        <v>524</v>
+        <v>551</v>
       </c>
       <c r="D159" t="s">
-        <v>525</v>
+        <v>552</v>
       </c>
       <c r="E159" t="s">
         <v>18</v>
       </c>
       <c r="F159" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="G159" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H159">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I159">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J159">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K159" t="s">
-        <v>262</v>
+        <v>188</v>
       </c>
       <c r="L159" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M159" t="s">
-        <v>262</v>
+        <v>188</v>
       </c>
       <c r="N159" t="s">
-        <v>177</v>
+        <v>110</v>
       </c>
       <c r="O159" t="s">
-        <v>526</v>
+        <v>553</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>105506</v>
+        <v>128164</v>
       </c>
       <c r="B160" t="s">
         <v>15</v>
       </c>
       <c r="C160" t="s">
-        <v>527</v>
+        <v>554</v>
       </c>
       <c r="D160" t="s">
-        <v>528</v>
+        <v>555</v>
       </c>
       <c r="E160" t="s">
         <v>18</v>
       </c>
       <c r="F160" t="s">
-        <v>515</v>
+        <v>556</v>
       </c>
       <c r="G160" t="s">
         <v>20</v>
       </c>
       <c r="H160">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I160">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J160">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K160" t="s">
-        <v>262</v>
+        <v>74</v>
       </c>
       <c r="L160" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M160" t="s">
-        <v>262</v>
+        <v>74</v>
       </c>
       <c r="N160" t="s">
-        <v>62</v>
+        <v>176</v>
       </c>
       <c r="O160" t="s">
-        <v>529</v>
+        <v>557</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>105507</v>
+        <v>128165</v>
       </c>
       <c r="B161" t="s">
         <v>15</v>
       </c>
       <c r="C161" t="s">
-        <v>530</v>
+        <v>558</v>
       </c>
       <c r="D161" t="s">
-        <v>531</v>
+        <v>559</v>
       </c>
       <c r="E161" t="s">
         <v>18</v>
       </c>
       <c r="F161" t="s">
-        <v>515</v>
+        <v>556</v>
       </c>
       <c r="G161" t="s">
         <v>20</v>
       </c>
       <c r="H161">
         <v>1</v>
       </c>
       <c r="I161">
         <v>1</v>
       </c>
       <c r="J161">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K161" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="L161" t="s">
         <v>22</v>
       </c>
       <c r="M161" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="N161" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="O161" t="s">
-        <v>532</v>
+        <v>560</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>105508</v>
+        <v>128166</v>
       </c>
       <c r="B162" t="s">
         <v>15</v>
       </c>
       <c r="C162" t="s">
-        <v>533</v>
+        <v>561</v>
       </c>
       <c r="D162" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="E162" t="s">
         <v>18</v>
       </c>
       <c r="F162" t="s">
-        <v>515</v>
+        <v>556</v>
       </c>
       <c r="G162" t="s">
         <v>20</v>
       </c>
       <c r="H162">
         <v>1</v>
       </c>
       <c r="I162">
         <v>1</v>
       </c>
       <c r="J162">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K162" t="s">
-        <v>181</v>
+        <v>21</v>
       </c>
       <c r="L162" t="s">
         <v>22</v>
       </c>
       <c r="M162" t="s">
-        <v>181</v>
+        <v>21</v>
       </c>
       <c r="N162" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O162" t="s">
-        <v>535</v>
+        <v>562</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>105509</v>
+        <v>128167</v>
       </c>
       <c r="B163" t="s">
         <v>15</v>
       </c>
       <c r="C163" t="s">
-        <v>536</v>
+        <v>563</v>
       </c>
       <c r="D163" t="s">
-        <v>311</v>
+        <v>564</v>
       </c>
       <c r="E163" t="s">
         <v>18</v>
       </c>
       <c r="F163" t="s">
-        <v>537</v>
+        <v>565</v>
       </c>
       <c r="G163" t="s">
         <v>27</v>
       </c>
       <c r="H163">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I163">
         <v>1</v>
       </c>
       <c r="J163">
         <v>1</v>
       </c>
       <c r="K163" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="L163" t="s">
         <v>22</v>
       </c>
       <c r="M163" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="N163" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="O163" t="s">
-        <v>538</v>
+        <v>566</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>105510</v>
+        <v>128168</v>
       </c>
       <c r="B164" t="s">
         <v>15</v>
       </c>
       <c r="C164" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="D164" t="s">
-        <v>514</v>
+        <v>568</v>
       </c>
       <c r="E164" t="s">
         <v>18</v>
       </c>
       <c r="F164" t="s">
-        <v>537</v>
+        <v>565</v>
       </c>
       <c r="G164" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H164">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I164">
         <v>2</v>
       </c>
       <c r="J164">
         <v>1</v>
       </c>
       <c r="K164" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="L164" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M164" t="s">
-        <v>272</v>
+        <v>75</v>
       </c>
       <c r="N164" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="O164" t="s">
-        <v>540</v>
+        <v>569</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>105511</v>
+        <v>128169</v>
       </c>
       <c r="B165" t="s">
         <v>15</v>
       </c>
       <c r="C165" t="s">
-        <v>541</v>
+        <v>570</v>
       </c>
       <c r="D165" t="s">
-        <v>268</v>
+        <v>196</v>
       </c>
       <c r="E165" t="s">
         <v>18</v>
       </c>
       <c r="F165" t="s">
-        <v>537</v>
+        <v>565</v>
       </c>
       <c r="G165" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H165">
         <v>3</v>
       </c>
       <c r="I165">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J165">
         <v>1</v>
       </c>
       <c r="K165" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="L165" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="M165" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="N165" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="O165" t="s">
-        <v>542</v>
+        <v>571</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>105512</v>
+        <v>128170</v>
       </c>
       <c r="B166" t="s">
         <v>15</v>
       </c>
       <c r="C166" t="s">
-        <v>543</v>
+        <v>572</v>
       </c>
       <c r="D166" t="s">
-        <v>265</v>
+        <v>573</v>
       </c>
       <c r="E166" t="s">
         <v>18</v>
       </c>
       <c r="F166" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
       <c r="G166" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H166">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I166">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J166">
         <v>1</v>
       </c>
       <c r="K166" t="s">
-        <v>262</v>
+        <v>68</v>
       </c>
       <c r="L166" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M166" t="s">
-        <v>262</v>
+        <v>68</v>
       </c>
       <c r="N166" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="O166" t="s">
-        <v>544</v>
+        <v>574</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>105513</v>
+        <v>128171</v>
       </c>
       <c r="B167" t="s">
         <v>15</v>
       </c>
       <c r="C167" t="s">
-        <v>545</v>
+        <v>575</v>
       </c>
       <c r="D167" t="s">
-        <v>268</v>
+        <v>109</v>
       </c>
       <c r="E167" t="s">
         <v>18</v>
       </c>
       <c r="F167" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
       <c r="G167" t="s">
         <v>20</v>
       </c>
       <c r="H167">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I167">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J167">
         <v>1</v>
       </c>
       <c r="K167" t="s">
-        <v>262</v>
+        <v>91</v>
       </c>
       <c r="L167" t="s">
         <v>22</v>
       </c>
       <c r="M167" t="s">
-        <v>262</v>
+        <v>91</v>
       </c>
       <c r="N167" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="O167" t="s">
-        <v>546</v>
+        <v>576</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>105514</v>
+        <v>128172</v>
       </c>
       <c r="B168" t="s">
         <v>15</v>
       </c>
       <c r="C168" t="s">
-        <v>547</v>
+        <v>577</v>
       </c>
       <c r="D168" t="s">
-        <v>299</v>
+        <v>578</v>
       </c>
       <c r="E168" t="s">
         <v>18</v>
       </c>
       <c r="F168" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
       <c r="G168" t="s">
         <v>20</v>
       </c>
       <c r="H168">
         <v>1</v>
       </c>
       <c r="I168">
         <v>1</v>
       </c>
       <c r="J168">
         <v>1</v>
       </c>
       <c r="K168" t="s">
-        <v>181</v>
+        <v>98</v>
       </c>
       <c r="L168" t="s">
         <v>22</v>
       </c>
       <c r="M168" t="s">
-        <v>181</v>
+        <v>98</v>
       </c>
       <c r="N168" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="O168" t="s">
-        <v>548</v>
+        <v>579</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>105515</v>
+        <v>128173</v>
       </c>
       <c r="B169" t="s">
         <v>15</v>
       </c>
       <c r="C169" t="s">
-        <v>549</v>
+        <v>580</v>
       </c>
       <c r="D169" t="s">
-        <v>243</v>
+        <v>581</v>
       </c>
       <c r="E169" t="s">
         <v>18</v>
       </c>
       <c r="F169" t="s">
-        <v>537</v>
+        <v>582</v>
       </c>
       <c r="G169" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I169">
         <v>1</v>
       </c>
       <c r="J169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K169" t="s">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="L169" t="s">
         <v>22</v>
       </c>
       <c r="M169" t="s">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="N169" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="O169" t="s">
-        <v>550</v>
+        <v>583</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>105641</v>
+        <v>128174</v>
       </c>
       <c r="B170" t="s">
         <v>15</v>
       </c>
       <c r="C170" t="s">
-        <v>551</v>
+        <v>584</v>
       </c>
       <c r="D170" t="s">
-        <v>552</v>
+        <v>329</v>
       </c>
       <c r="E170" t="s">
         <v>18</v>
       </c>
       <c r="F170" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="G170" t="s">
         <v>20</v>
       </c>
       <c r="H170">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I170">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J170">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K170" t="s">
+        <v>75</v>
+      </c>
+      <c r="L170" t="s">
         <v>33</v>
       </c>
-      <c r="L170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M170" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="N170" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="O170" t="s">
-        <v>554</v>
+        <v>585</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>105642</v>
+        <v>128175</v>
       </c>
       <c r="B171" t="s">
         <v>15</v>
       </c>
       <c r="C171" t="s">
-        <v>555</v>
+        <v>586</v>
       </c>
       <c r="D171" t="s">
-        <v>556</v>
+        <v>587</v>
       </c>
       <c r="E171" t="s">
         <v>18</v>
       </c>
       <c r="F171" t="s">
-        <v>553</v>
+        <v>588</v>
       </c>
       <c r="G171" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H171">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I171">
         <v>1</v>
       </c>
       <c r="J171">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K171" t="s">
-        <v>322</v>
+        <v>74</v>
       </c>
       <c r="L171" t="s">
         <v>22</v>
       </c>
       <c r="M171" t="s">
-        <v>322</v>
+        <v>74</v>
       </c>
       <c r="N171" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="O171" t="s">
-        <v>557</v>
+        <v>589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>105643</v>
+        <v>128176</v>
       </c>
       <c r="B172" t="s">
         <v>15</v>
       </c>
       <c r="C172" t="s">
-        <v>558</v>
+        <v>590</v>
       </c>
       <c r="D172" t="s">
-        <v>559</v>
+        <v>94</v>
       </c>
       <c r="E172" t="s">
         <v>18</v>
       </c>
       <c r="F172" t="s">
-        <v>553</v>
+        <v>588</v>
       </c>
       <c r="G172" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H172">
         <v>2</v>
       </c>
       <c r="I172">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J172">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K172" t="s">
-        <v>322</v>
+        <v>91</v>
       </c>
       <c r="L172" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M172" t="s">
-        <v>322</v>
+        <v>91</v>
       </c>
       <c r="N172" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="O172" t="s">
-        <v>560</v>
+        <v>591</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>105644</v>
+        <v>128177</v>
       </c>
       <c r="B173" t="s">
         <v>15</v>
       </c>
       <c r="C173" t="s">
-        <v>561</v>
+        <v>592</v>
       </c>
       <c r="D173" t="s">
-        <v>562</v>
+        <v>175</v>
       </c>
       <c r="E173" t="s">
         <v>18</v>
       </c>
       <c r="F173" t="s">
-        <v>553</v>
+        <v>588</v>
       </c>
       <c r="G173" t="s">
         <v>20</v>
       </c>
       <c r="H173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K173" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="L173" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M173" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="N173" t="s">
-        <v>110</v>
+        <v>176</v>
       </c>
       <c r="O173" t="s">
-        <v>563</v>
+        <v>593</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>105645</v>
+        <v>128178</v>
       </c>
       <c r="B174" t="s">
         <v>15</v>
       </c>
       <c r="C174" t="s">
-        <v>564</v>
+        <v>594</v>
       </c>
       <c r="D174" t="s">
-        <v>565</v>
+        <v>595</v>
       </c>
       <c r="E174" t="s">
         <v>18</v>
       </c>
       <c r="F174" t="s">
-        <v>553</v>
+        <v>588</v>
       </c>
       <c r="G174" t="s">
         <v>20</v>
       </c>
       <c r="H174">
         <v>1</v>
       </c>
       <c r="I174">
         <v>1</v>
       </c>
       <c r="J174">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K174" t="s">
-        <v>335</v>
+        <v>184</v>
       </c>
       <c r="L174" t="s">
         <v>22</v>
       </c>
       <c r="M174" t="s">
-        <v>335</v>
+        <v>184</v>
       </c>
       <c r="N174" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="O174" t="s">
-        <v>566</v>
+        <v>596</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>105646</v>
+        <v>128179</v>
       </c>
       <c r="B175" t="s">
         <v>15</v>
       </c>
       <c r="C175" t="s">
-        <v>567</v>
+        <v>597</v>
       </c>
       <c r="D175" t="s">
-        <v>568</v>
+        <v>598</v>
       </c>
       <c r="E175" t="s">
         <v>18</v>
       </c>
       <c r="F175" t="s">
-        <v>553</v>
+        <v>588</v>
       </c>
       <c r="G175" t="s">
         <v>20</v>
       </c>
       <c r="H175">
         <v>1</v>
       </c>
       <c r="I175">
         <v>1</v>
       </c>
       <c r="J175">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K175" t="s">
-        <v>339</v>
+        <v>188</v>
       </c>
       <c r="L175" t="s">
         <v>22</v>
       </c>
       <c r="M175" t="s">
-        <v>339</v>
+        <v>188</v>
       </c>
       <c r="N175" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O175" t="s">
-        <v>569</v>
+        <v>599</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>105647</v>
+        <v>128180</v>
       </c>
       <c r="B176" t="s">
         <v>15</v>
       </c>
       <c r="C176" t="s">
-        <v>570</v>
+        <v>600</v>
       </c>
       <c r="D176" t="s">
-        <v>571</v>
+        <v>601</v>
       </c>
       <c r="E176" t="s">
         <v>18</v>
       </c>
       <c r="F176" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="G176" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H176">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I176">
         <v>1</v>
       </c>
       <c r="J176">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K176" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="L176" t="s">
         <v>22</v>
       </c>
       <c r="M176" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="N176" t="s">
-        <v>57</v>
+        <v>193</v>
       </c>
       <c r="O176" t="s">
-        <v>573</v>
+        <v>602</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>105648</v>
+        <v>128181</v>
       </c>
       <c r="B177" t="s">
         <v>15</v>
       </c>
       <c r="C177" t="s">
-        <v>574</v>
+        <v>603</v>
       </c>
       <c r="D177" t="s">
-        <v>575</v>
+        <v>604</v>
       </c>
       <c r="E177" t="s">
         <v>18</v>
       </c>
       <c r="F177" t="s">
-        <v>572</v>
+        <v>605</v>
       </c>
       <c r="G177" t="s">
         <v>20</v>
       </c>
       <c r="H177">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I177">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J177">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K177" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="L177" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M177" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="N177" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="O177" t="s">
-        <v>576</v>
+        <v>606</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>105649</v>
+        <v>128182</v>
       </c>
       <c r="B178" t="s">
         <v>15</v>
       </c>
       <c r="C178" t="s">
-        <v>577</v>
+        <v>607</v>
       </c>
       <c r="D178" t="s">
-        <v>356</v>
+        <v>167</v>
       </c>
       <c r="E178" t="s">
         <v>18</v>
       </c>
       <c r="F178" t="s">
-        <v>578</v>
+        <v>605</v>
       </c>
       <c r="G178" t="s">
         <v>20</v>
       </c>
       <c r="H178">
         <v>1</v>
       </c>
       <c r="I178">
         <v>1</v>
       </c>
       <c r="J178">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K178" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="L178" t="s">
         <v>22</v>
       </c>
       <c r="M178" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="N178" t="s">
-        <v>134</v>
+        <v>57</v>
       </c>
       <c r="O178" t="s">
-        <v>579</v>
+        <v>608</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>105650</v>
+        <v>128183</v>
       </c>
       <c r="B179" t="s">
         <v>15</v>
       </c>
       <c r="C179" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="D179" t="s">
-        <v>414</v>
+        <v>610</v>
       </c>
       <c r="E179" t="s">
         <v>18</v>
       </c>
       <c r="F179" t="s">
-        <v>578</v>
+        <v>605</v>
       </c>
       <c r="G179" t="s">
         <v>20</v>
       </c>
       <c r="H179">
         <v>1</v>
       </c>
       <c r="I179">
         <v>1</v>
       </c>
       <c r="J179">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K179" t="s">
-        <v>33</v>
+        <v>172</v>
       </c>
       <c r="L179" t="s">
         <v>22</v>
       </c>
       <c r="M179" t="s">
-        <v>33</v>
+        <v>172</v>
       </c>
       <c r="N179" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="O179" t="s">
-        <v>581</v>
+        <v>611</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>105651</v>
+        <v>128184</v>
       </c>
       <c r="B180" t="s">
         <v>15</v>
       </c>
       <c r="C180" t="s">
-        <v>582</v>
+        <v>612</v>
       </c>
       <c r="D180" t="s">
-        <v>133</v>
+        <v>346</v>
       </c>
       <c r="E180" t="s">
         <v>18</v>
       </c>
       <c r="F180" t="s">
-        <v>578</v>
+        <v>605</v>
       </c>
       <c r="G180" t="s">
         <v>27</v>
       </c>
       <c r="H180">
         <v>2</v>
       </c>
       <c r="I180">
         <v>1</v>
       </c>
       <c r="J180">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K180" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="L180" t="s">
         <v>22</v>
       </c>
       <c r="M180" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="N180" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="O180" t="s">
-        <v>583</v>
+        <v>613</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>105652</v>
+        <v>128185</v>
       </c>
       <c r="B181" t="s">
         <v>15</v>
       </c>
       <c r="C181" t="s">
-        <v>584</v>
+        <v>614</v>
       </c>
       <c r="D181" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="E181" t="s">
         <v>18</v>
       </c>
       <c r="F181" t="s">
-        <v>578</v>
+        <v>605</v>
       </c>
       <c r="G181" t="s">
         <v>20</v>
       </c>
       <c r="H181">
         <v>2</v>
       </c>
       <c r="I181">
         <v>2</v>
       </c>
       <c r="J181">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K181" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="L181" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M181" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="N181" t="s">
-        <v>134</v>
+        <v>52</v>
       </c>
       <c r="O181" t="s">
-        <v>585</v>
+        <v>615</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>105653</v>
+        <v>128186</v>
       </c>
       <c r="B182" t="s">
         <v>15</v>
       </c>
       <c r="C182" t="s">
-        <v>586</v>
+        <v>616</v>
       </c>
       <c r="D182" t="s">
-        <v>587</v>
+        <v>97</v>
       </c>
       <c r="E182" t="s">
         <v>18</v>
       </c>
       <c r="F182" t="s">
-        <v>578</v>
+        <v>605</v>
       </c>
       <c r="G182" t="s">
         <v>20</v>
       </c>
       <c r="H182">
         <v>1</v>
       </c>
       <c r="I182">
         <v>1</v>
       </c>
       <c r="J182">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K182" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="L182" t="s">
         <v>22</v>
       </c>
       <c r="M182" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="N182" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="O182" t="s">
-        <v>588</v>
+        <v>617</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>105654</v>
+        <v>128187</v>
       </c>
       <c r="B183" t="s">
         <v>15</v>
       </c>
       <c r="C183" t="s">
-        <v>589</v>
+        <v>618</v>
       </c>
       <c r="D183" t="s">
-        <v>590</v>
+        <v>353</v>
       </c>
       <c r="E183" t="s">
         <v>18</v>
       </c>
       <c r="F183" t="s">
-        <v>578</v>
+        <v>619</v>
       </c>
       <c r="G183" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H183">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I183">
         <v>1</v>
       </c>
       <c r="J183">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K183" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="L183" t="s">
         <v>22</v>
       </c>
       <c r="M183" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="N183" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="O183" t="s">
-        <v>591</v>
+        <v>620</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>105655</v>
+        <v>128188</v>
       </c>
       <c r="B184" t="s">
         <v>15</v>
       </c>
       <c r="C184" t="s">
-        <v>592</v>
+        <v>621</v>
       </c>
       <c r="D184" t="s">
-        <v>593</v>
+        <v>357</v>
       </c>
       <c r="E184" t="s">
         <v>18</v>
       </c>
       <c r="F184" t="s">
-        <v>594</v>
+        <v>619</v>
       </c>
       <c r="G184" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H184">
         <v>2</v>
       </c>
       <c r="I184">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J184">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K184" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L184" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M184" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="N184" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="O184" t="s">
-        <v>595</v>
+        <v>622</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>105656</v>
+        <v>128296</v>
       </c>
       <c r="B185" t="s">
         <v>15</v>
       </c>
       <c r="C185" t="s">
-        <v>596</v>
+        <v>623</v>
       </c>
       <c r="D185" t="s">
-        <v>575</v>
+        <v>430</v>
       </c>
       <c r="E185" t="s">
         <v>18</v>
       </c>
       <c r="F185" t="s">
-        <v>594</v>
+        <v>624</v>
       </c>
       <c r="G185" t="s">
         <v>20</v>
       </c>
       <c r="H185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J185">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K185" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="L185" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M185" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="N185" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="O185" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>105657</v>
+        <v>128297</v>
       </c>
       <c r="B186" t="s">
         <v>15</v>
       </c>
       <c r="C186" t="s">
-        <v>598</v>
+        <v>626</v>
       </c>
       <c r="D186" t="s">
-        <v>82</v>
+        <v>627</v>
       </c>
       <c r="E186" t="s">
         <v>18</v>
       </c>
       <c r="F186" t="s">
-        <v>599</v>
+        <v>624</v>
       </c>
       <c r="G186" t="s">
         <v>20</v>
       </c>
       <c r="H186">
         <v>1</v>
       </c>
       <c r="I186">
         <v>1</v>
       </c>
       <c r="J186">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K186" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="L186" t="s">
         <v>22</v>
       </c>
       <c r="M186" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="N186" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="O186" t="s">
-        <v>600</v>
+        <v>628</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>105658</v>
+        <v>128298</v>
       </c>
       <c r="B187" t="s">
         <v>15</v>
       </c>
       <c r="C187" t="s">
-        <v>601</v>
+        <v>629</v>
       </c>
       <c r="D187" t="s">
-        <v>552</v>
+        <v>230</v>
       </c>
       <c r="E187" t="s">
         <v>18</v>
       </c>
       <c r="F187" t="s">
-        <v>599</v>
+        <v>624</v>
       </c>
       <c r="G187" t="s">
         <v>20</v>
       </c>
       <c r="H187">
         <v>1</v>
       </c>
       <c r="I187">
         <v>1</v>
       </c>
       <c r="J187">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K187" t="s">
-        <v>33</v>
+        <v>206</v>
       </c>
       <c r="L187" t="s">
         <v>22</v>
       </c>
       <c r="M187" t="s">
-        <v>33</v>
+        <v>206</v>
       </c>
       <c r="N187" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="O187" t="s">
-        <v>602</v>
+        <v>630</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>105659</v>
+        <v>128299</v>
       </c>
       <c r="B188" t="s">
         <v>15</v>
       </c>
       <c r="C188" t="s">
-        <v>603</v>
+        <v>631</v>
       </c>
       <c r="D188" t="s">
-        <v>53</v>
+        <v>632</v>
       </c>
       <c r="E188" t="s">
         <v>18</v>
       </c>
       <c r="F188" t="s">
-        <v>599</v>
+        <v>624</v>
       </c>
       <c r="G188" t="s">
         <v>27</v>
       </c>
       <c r="H188">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I188">
         <v>1</v>
       </c>
       <c r="J188">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K188" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="L188" t="s">
         <v>22</v>
       </c>
       <c r="M188" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="N188" t="s">
-        <v>34</v>
+        <v>633</v>
       </c>
       <c r="O188" t="s">
-        <v>604</v>
+        <v>634</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>105660</v>
+        <v>128300</v>
       </c>
       <c r="B189" t="s">
         <v>15</v>
       </c>
       <c r="C189" t="s">
-        <v>605</v>
+        <v>635</v>
       </c>
       <c r="D189" t="s">
-        <v>56</v>
+        <v>636</v>
       </c>
       <c r="E189" t="s">
         <v>18</v>
       </c>
       <c r="F189" t="s">
-        <v>599</v>
+        <v>624</v>
       </c>
       <c r="G189" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H189">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I189">
         <v>2</v>
       </c>
       <c r="J189">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K189" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="L189" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M189" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="N189" t="s">
-        <v>57</v>
+        <v>637</v>
       </c>
       <c r="O189" t="s">
-        <v>606</v>
+        <v>638</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>105661</v>
+        <v>128301</v>
       </c>
       <c r="B190" t="s">
         <v>15</v>
       </c>
       <c r="C190" t="s">
-        <v>607</v>
+        <v>639</v>
       </c>
       <c r="D190" t="s">
-        <v>133</v>
+        <v>640</v>
       </c>
       <c r="E190" t="s">
         <v>18</v>
       </c>
       <c r="F190" t="s">
-        <v>599</v>
+        <v>641</v>
       </c>
       <c r="G190" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H190">
         <v>3</v>
       </c>
       <c r="I190">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J190">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K190" t="s">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="L190" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M190" t="s">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="N190" t="s">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="O190" t="s">
-        <v>608</v>
+        <v>642</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>105662</v>
+        <v>128302</v>
       </c>
       <c r="B191" t="s">
         <v>15</v>
       </c>
       <c r="C191" t="s">
-        <v>609</v>
+        <v>643</v>
       </c>
       <c r="D191" t="s">
-        <v>610</v>
+        <v>644</v>
       </c>
       <c r="E191" t="s">
         <v>18</v>
       </c>
       <c r="F191" t="s">
-        <v>599</v>
+        <v>641</v>
       </c>
       <c r="G191" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H191">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I191">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J191">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K191" t="s">
-        <v>94</v>
+        <v>206</v>
       </c>
       <c r="L191" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M191" t="s">
-        <v>94</v>
+        <v>206</v>
       </c>
       <c r="N191" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
       <c r="O191" t="s">
-        <v>611</v>
+        <v>645</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>105663</v>
+        <v>128303</v>
       </c>
       <c r="B192" t="s">
         <v>15</v>
       </c>
       <c r="C192" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="D192" t="s">
-        <v>100</v>
+        <v>204</v>
       </c>
       <c r="E192" t="s">
         <v>18</v>
       </c>
       <c r="F192" t="s">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="G192" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H192">
         <v>3</v>
       </c>
       <c r="I192">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J192">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K192" t="s">
-        <v>69</v>
+        <v>206</v>
       </c>
       <c r="L192" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M192" t="s">
-        <v>69</v>
+        <v>206</v>
       </c>
       <c r="N192" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O192" t="s">
-        <v>614</v>
+        <v>647</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>105664</v>
+        <v>128304</v>
       </c>
       <c r="B193" t="s">
         <v>15</v>
       </c>
       <c r="C193" t="s">
-        <v>615</v>
+        <v>648</v>
       </c>
       <c r="D193" t="s">
-        <v>104</v>
+        <v>649</v>
       </c>
       <c r="E193" t="s">
         <v>18</v>
       </c>
       <c r="F193" t="s">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="G193" t="s">
         <v>27</v>
       </c>
       <c r="H193">
         <v>3</v>
       </c>
       <c r="I193">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J193">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K193" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="L193" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M193" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="N193" t="s">
-        <v>105</v>
+        <v>650</v>
       </c>
       <c r="O193" t="s">
-        <v>616</v>
+        <v>651</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>105665</v>
+        <v>128305</v>
       </c>
       <c r="B194" t="s">
         <v>15</v>
       </c>
       <c r="C194" t="s">
-        <v>617</v>
+        <v>652</v>
       </c>
       <c r="D194" t="s">
-        <v>618</v>
+        <v>653</v>
       </c>
       <c r="E194" t="s">
         <v>18</v>
       </c>
       <c r="F194" t="s">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="G194" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H194">
         <v>3</v>
       </c>
       <c r="I194">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J194">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K194" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="L194" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="M194" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="N194" t="s">
-        <v>23</v>
+        <v>654</v>
       </c>
       <c r="O194" t="s">
-        <v>619</v>
+        <v>655</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>105666</v>
+        <v>128306</v>
       </c>
       <c r="B195" t="s">
         <v>15</v>
       </c>
       <c r="C195" t="s">
-        <v>620</v>
+        <v>656</v>
       </c>
       <c r="D195" t="s">
-        <v>621</v>
+        <v>657</v>
       </c>
       <c r="E195" t="s">
         <v>18</v>
       </c>
       <c r="F195" t="s">
-        <v>622</v>
+        <v>641</v>
       </c>
       <c r="G195" t="s">
         <v>20</v>
       </c>
       <c r="H195">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I195">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J195">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K195" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="L195" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M195" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="N195" t="s">
-        <v>134</v>
+        <v>658</v>
       </c>
       <c r="O195" t="s">
-        <v>623</v>
+        <v>659</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>105667</v>
+        <v>128307</v>
       </c>
       <c r="B196" t="s">
         <v>15</v>
       </c>
       <c r="C196" t="s">
-        <v>624</v>
+        <v>660</v>
       </c>
       <c r="D196" t="s">
-        <v>380</v>
+        <v>661</v>
       </c>
       <c r="E196" t="s">
         <v>18</v>
       </c>
       <c r="F196" t="s">
-        <v>622</v>
+        <v>662</v>
       </c>
       <c r="G196" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H196">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I196">
         <v>1</v>
       </c>
       <c r="J196">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K196" t="s">
+        <v>206</v>
+      </c>
+      <c r="L196" t="s">
         <v>38</v>
       </c>
-      <c r="L196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M196" t="s">
-        <v>38</v>
+        <v>206</v>
       </c>
       <c r="N196" t="s">
-        <v>134</v>
+        <v>83</v>
       </c>
       <c r="O196" t="s">
-        <v>625</v>
+        <v>663</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>105668</v>
+        <v>128308</v>
       </c>
       <c r="B197" t="s">
         <v>15</v>
       </c>
       <c r="C197" t="s">
-        <v>626</v>
+        <v>664</v>
       </c>
       <c r="D197" t="s">
-        <v>627</v>
+        <v>665</v>
       </c>
       <c r="E197" t="s">
         <v>18</v>
       </c>
       <c r="F197" t="s">
-        <v>622</v>
+        <v>662</v>
       </c>
       <c r="G197" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H197">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J197">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K197" t="s">
-        <v>628</v>
+        <v>206</v>
       </c>
       <c r="L197" t="s">
         <v>22</v>
       </c>
       <c r="M197" t="s">
-        <v>628</v>
+        <v>206</v>
       </c>
       <c r="N197" t="s">
-        <v>57</v>
+        <v>136</v>
       </c>
       <c r="O197" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>105669</v>
+        <v>128309</v>
       </c>
       <c r="B198" t="s">
         <v>15</v>
       </c>
       <c r="C198" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
       <c r="D198" t="s">
-        <v>411</v>
+        <v>668</v>
       </c>
       <c r="E198" t="s">
         <v>18</v>
       </c>
       <c r="F198" t="s">
-        <v>622</v>
+        <v>662</v>
       </c>
       <c r="G198" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H198">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I198">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J198">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K198" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="L198" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M198" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="N198" t="s">
-        <v>39</v>
+        <v>380</v>
       </c>
       <c r="O198" t="s">
-        <v>631</v>
+        <v>669</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>105670</v>
+        <v>128310</v>
       </c>
       <c r="B199" t="s">
         <v>15</v>
       </c>
       <c r="C199" t="s">
-        <v>632</v>
+        <v>670</v>
       </c>
       <c r="D199" t="s">
-        <v>56</v>
+        <v>671</v>
       </c>
       <c r="E199" t="s">
         <v>18</v>
       </c>
       <c r="F199" t="s">
-        <v>622</v>
+        <v>662</v>
       </c>
       <c r="G199" t="s">
         <v>20</v>
       </c>
       <c r="H199">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I199">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J199">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K199" t="s">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="L199" t="s">
-        <v>22</v>
+        <v>301</v>
       </c>
       <c r="M199" t="s">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="N199" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="O199" t="s">
-        <v>633</v>
+        <v>672</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>105671</v>
+        <v>128311</v>
       </c>
       <c r="B200" t="s">
         <v>15</v>
       </c>
       <c r="C200" t="s">
-        <v>634</v>
+        <v>673</v>
       </c>
       <c r="D200" t="s">
-        <v>635</v>
+        <v>674</v>
       </c>
       <c r="E200" t="s">
         <v>18</v>
       </c>
       <c r="F200" t="s">
-        <v>636</v>
+        <v>662</v>
       </c>
       <c r="G200" t="s">
         <v>27</v>
       </c>
       <c r="H200">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I200">
         <v>1</v>
       </c>
       <c r="J200">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K200" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="L200" t="s">
         <v>22</v>
       </c>
       <c r="M200" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="N200" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="O200" t="s">
-        <v>637</v>
+        <v>675</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>105672</v>
+        <v>128312</v>
       </c>
       <c r="B201" t="s">
         <v>15</v>
       </c>
       <c r="C201" t="s">
-        <v>638</v>
+        <v>676</v>
       </c>
       <c r="D201" t="s">
-        <v>571</v>
+        <v>677</v>
       </c>
       <c r="E201" t="s">
         <v>18</v>
       </c>
       <c r="F201" t="s">
-        <v>636</v>
+        <v>662</v>
       </c>
       <c r="G201" t="s">
         <v>27</v>
       </c>
       <c r="H201">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I201">
         <v>2</v>
       </c>
       <c r="J201">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K201" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="L201" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M201" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="N201" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="O201" t="s">
-        <v>639</v>
+        <v>678</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>105673</v>
+        <v>128313</v>
       </c>
       <c r="B202" t="s">
         <v>15</v>
       </c>
       <c r="C202" t="s">
-        <v>640</v>
+        <v>679</v>
       </c>
       <c r="D202" t="s">
-        <v>641</v>
+        <v>674</v>
       </c>
       <c r="E202" t="s">
         <v>18</v>
       </c>
       <c r="F202" t="s">
-        <v>636</v>
+        <v>662</v>
       </c>
       <c r="G202" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H202">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I202">
         <v>3</v>
       </c>
       <c r="J202">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K202" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="L202" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="M202" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="N202" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="O202" t="s">
-        <v>642</v>
+        <v>680</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>105674</v>
+        <v>128314</v>
       </c>
       <c r="B203" t="s">
         <v>15</v>
       </c>
       <c r="C203" t="s">
-        <v>643</v>
+        <v>681</v>
       </c>
       <c r="D203" t="s">
-        <v>644</v>
+        <v>247</v>
       </c>
       <c r="E203" t="s">
         <v>18</v>
       </c>
       <c r="F203" t="s">
-        <v>645</v>
+        <v>662</v>
       </c>
       <c r="G203" t="s">
         <v>20</v>
       </c>
       <c r="H203">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I203">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J203">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K203" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="L203" t="s">
-        <v>22</v>
+        <v>301</v>
       </c>
       <c r="M203" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="N203" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="O203" t="s">
-        <v>646</v>
+        <v>682</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>105675</v>
+        <v>128315</v>
       </c>
       <c r="B204" t="s">
         <v>15</v>
       </c>
       <c r="C204" t="s">
-        <v>647</v>
+        <v>683</v>
       </c>
       <c r="D204" t="s">
-        <v>352</v>
+        <v>437</v>
       </c>
       <c r="E204" t="s">
         <v>18</v>
       </c>
       <c r="F204" t="s">
-        <v>645</v>
+        <v>662</v>
       </c>
       <c r="G204" t="s">
         <v>20</v>
       </c>
       <c r="H204">
         <v>1</v>
       </c>
       <c r="I204">
         <v>1</v>
       </c>
       <c r="J204">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K204" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="L204" t="s">
         <v>22</v>
       </c>
       <c r="M204" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="N204" t="s">
-        <v>57</v>
+        <v>180</v>
       </c>
       <c r="O204" t="s">
-        <v>648</v>
+        <v>684</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>105676</v>
+        <v>128316</v>
       </c>
       <c r="B205" t="s">
         <v>15</v>
       </c>
       <c r="C205" t="s">
-        <v>649</v>
+        <v>685</v>
       </c>
       <c r="D205" t="s">
-        <v>133</v>
+        <v>686</v>
       </c>
       <c r="E205" t="s">
         <v>18</v>
       </c>
       <c r="F205" t="s">
-        <v>645</v>
+        <v>662</v>
       </c>
       <c r="G205" t="s">
         <v>20</v>
       </c>
       <c r="H205">
         <v>1</v>
       </c>
       <c r="I205">
         <v>1</v>
       </c>
       <c r="J205">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K205" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="L205" t="s">
         <v>22</v>
       </c>
       <c r="M205" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="N205" t="s">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="O205" t="s">
-        <v>650</v>
+        <v>687</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>105677</v>
+        <v>128340</v>
       </c>
       <c r="B206" t="s">
         <v>15</v>
       </c>
       <c r="C206" t="s">
-        <v>651</v>
+        <v>688</v>
       </c>
       <c r="D206" t="s">
-        <v>652</v>
+        <v>689</v>
       </c>
       <c r="E206" t="s">
         <v>18</v>
       </c>
       <c r="F206" t="s">
-        <v>645</v>
+        <v>690</v>
       </c>
       <c r="G206" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H206">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I206">
         <v>1</v>
       </c>
       <c r="J206">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K206" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="L206" t="s">
         <v>22</v>
       </c>
       <c r="M206" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="N206" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="O206" t="s">
-        <v>653</v>
+        <v>691</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>105678</v>
+        <v>128341</v>
       </c>
       <c r="B207" t="s">
         <v>15</v>
       </c>
       <c r="C207" t="s">
-        <v>654</v>
+        <v>692</v>
       </c>
       <c r="D207" t="s">
-        <v>655</v>
+        <v>693</v>
       </c>
       <c r="E207" t="s">
         <v>18</v>
       </c>
       <c r="F207" t="s">
-        <v>645</v>
+        <v>690</v>
       </c>
       <c r="G207" t="s">
         <v>20</v>
       </c>
       <c r="H207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K207" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="L207" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M207" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="N207" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="O207" t="s">
-        <v>656</v>
+        <v>694</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>105679</v>
+        <v>128342</v>
       </c>
       <c r="B208" t="s">
         <v>15</v>
       </c>
       <c r="C208" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="D208" t="s">
-        <v>658</v>
+        <v>696</v>
       </c>
       <c r="E208" t="s">
         <v>18</v>
       </c>
       <c r="F208" t="s">
-        <v>645</v>
+        <v>690</v>
       </c>
       <c r="G208" t="s">
         <v>20</v>
       </c>
       <c r="H208">
         <v>1</v>
       </c>
       <c r="I208">
         <v>1</v>
       </c>
       <c r="J208">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K208" t="s">
-        <v>339</v>
+        <v>28</v>
       </c>
       <c r="L208" t="s">
         <v>22</v>
       </c>
       <c r="M208" t="s">
-        <v>339</v>
+        <v>28</v>
       </c>
       <c r="N208" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="O208" t="s">
-        <v>659</v>
+        <v>697</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>105680</v>
+        <v>128343</v>
       </c>
       <c r="B209" t="s">
         <v>15</v>
       </c>
       <c r="C209" t="s">
-        <v>660</v>
+        <v>698</v>
       </c>
       <c r="D209" t="s">
-        <v>661</v>
+        <v>699</v>
       </c>
       <c r="E209" t="s">
         <v>18</v>
       </c>
       <c r="F209" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
       <c r="G209" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H209">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I209">
         <v>1</v>
       </c>
       <c r="J209">
         <v>2</v>
       </c>
       <c r="K209" t="s">
-        <v>154</v>
+        <v>43</v>
       </c>
       <c r="L209" t="s">
         <v>22</v>
       </c>
       <c r="M209" t="s">
-        <v>154</v>
+        <v>43</v>
       </c>
       <c r="N209" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="O209" t="s">
-        <v>663</v>
+        <v>700</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>105681</v>
+        <v>128344</v>
       </c>
       <c r="B210" t="s">
         <v>15</v>
       </c>
       <c r="C210" t="s">
-        <v>664</v>
+        <v>701</v>
       </c>
       <c r="D210" t="s">
-        <v>665</v>
+        <v>702</v>
       </c>
       <c r="E210" t="s">
         <v>18</v>
       </c>
       <c r="F210" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
       <c r="G210" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H210">
         <v>2</v>
       </c>
       <c r="I210">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J210">
         <v>2</v>
       </c>
       <c r="K210" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="L210" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M210" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="N210" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="O210" t="s">
-        <v>666</v>
+        <v>703</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>105682</v>
+        <v>128345</v>
       </c>
       <c r="B211" t="s">
         <v>15</v>
       </c>
       <c r="C211" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="D211" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="E211" t="s">
         <v>18</v>
       </c>
       <c r="F211" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
       <c r="G211" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H211">
         <v>2</v>
       </c>
       <c r="I211">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J211">
         <v>2</v>
       </c>
       <c r="K211" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="L211" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M211" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="N211" t="s">
-        <v>669</v>
+        <v>29</v>
       </c>
       <c r="O211" t="s">
-        <v>670</v>
+        <v>706</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>105683</v>
+        <v>128346</v>
       </c>
       <c r="B212" t="s">
         <v>15</v>
       </c>
       <c r="C212" t="s">
-        <v>671</v>
+        <v>707</v>
       </c>
       <c r="D212" t="s">
-        <v>171</v>
+        <v>708</v>
       </c>
       <c r="E212" t="s">
         <v>18</v>
       </c>
       <c r="F212" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
       <c r="G212" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H212">
         <v>2</v>
       </c>
       <c r="I212">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J212">
         <v>2</v>
       </c>
       <c r="K212" t="s">
-        <v>164</v>
+        <v>56</v>
       </c>
       <c r="L212" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M212" t="s">
-        <v>164</v>
+        <v>56</v>
       </c>
       <c r="N212" t="s">
-        <v>172</v>
+        <v>76</v>
       </c>
       <c r="O212" t="s">
-        <v>672</v>
+        <v>709</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>105684</v>
+        <v>128347</v>
       </c>
       <c r="B213" t="s">
         <v>15</v>
       </c>
       <c r="C213" t="s">
-        <v>673</v>
+        <v>710</v>
       </c>
       <c r="D213" t="s">
-        <v>490</v>
+        <v>711</v>
       </c>
       <c r="E213" t="s">
         <v>18</v>
       </c>
       <c r="F213" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
       <c r="G213" t="s">
         <v>20</v>
       </c>
       <c r="H213">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I213">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J213">
         <v>2</v>
       </c>
       <c r="K213" t="s">
-        <v>176</v>
+        <v>56</v>
       </c>
       <c r="L213" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M213" t="s">
-        <v>176</v>
+        <v>56</v>
       </c>
       <c r="N213" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="O213" t="s">
-        <v>674</v>
+        <v>712</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>105685</v>
+        <v>128419</v>
       </c>
       <c r="B214" t="s">
         <v>15</v>
       </c>
       <c r="C214" t="s">
-        <v>675</v>
+        <v>713</v>
       </c>
       <c r="D214" t="s">
-        <v>204</v>
+        <v>167</v>
       </c>
       <c r="E214" t="s">
         <v>18</v>
       </c>
       <c r="F214" t="s">
-        <v>662</v>
+        <v>714</v>
       </c>
       <c r="G214" t="s">
         <v>20</v>
       </c>
       <c r="H214">
         <v>1</v>
       </c>
       <c r="I214">
         <v>1</v>
       </c>
       <c r="J214">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K214" t="s">
-        <v>181</v>
+        <v>74</v>
       </c>
       <c r="L214" t="s">
         <v>22</v>
       </c>
       <c r="M214" t="s">
-        <v>181</v>
+        <v>74</v>
       </c>
       <c r="N214" t="s">
-        <v>134</v>
+        <v>57</v>
       </c>
       <c r="O214" t="s">
-        <v>676</v>
+        <v>715</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>105686</v>
+        <v>128420</v>
       </c>
       <c r="B215" t="s">
         <v>15</v>
       </c>
       <c r="C215" t="s">
-        <v>677</v>
+        <v>716</v>
       </c>
       <c r="D215" t="s">
-        <v>678</v>
+        <v>157</v>
       </c>
       <c r="E215" t="s">
         <v>18</v>
       </c>
       <c r="F215" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="G215" t="s">
         <v>27</v>
       </c>
       <c r="H215">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I215">
         <v>1</v>
       </c>
       <c r="J215">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K215" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="L215" t="s">
         <v>22</v>
       </c>
       <c r="M215" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="N215" t="s">
-        <v>680</v>
+        <v>23</v>
       </c>
       <c r="O215" t="s">
-        <v>681</v>
+        <v>717</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>105687</v>
+        <v>128421</v>
       </c>
       <c r="B216" t="s">
         <v>15</v>
       </c>
       <c r="C216" t="s">
-        <v>682</v>
+        <v>718</v>
       </c>
       <c r="D216" t="s">
-        <v>683</v>
+        <v>719</v>
       </c>
       <c r="E216" t="s">
         <v>18</v>
       </c>
       <c r="F216" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="G216" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H216">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I216">
         <v>2</v>
       </c>
       <c r="J216">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K216" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="L216" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M216" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="N216" t="s">
-        <v>684</v>
+        <v>34</v>
       </c>
       <c r="O216" t="s">
-        <v>685</v>
+        <v>720</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>105688</v>
+        <v>128422</v>
       </c>
       <c r="B217" t="s">
         <v>15</v>
       </c>
       <c r="C217" t="s">
-        <v>686</v>
+        <v>721</v>
       </c>
       <c r="D217" t="s">
-        <v>687</v>
+        <v>722</v>
       </c>
       <c r="E217" t="s">
         <v>18</v>
       </c>
       <c r="F217" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="G217" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H217">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I217">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J217">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K217" t="s">
-        <v>154</v>
+        <v>91</v>
       </c>
       <c r="L217" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M217" t="s">
-        <v>154</v>
+        <v>91</v>
       </c>
       <c r="N217" t="s">
-        <v>669</v>
+        <v>57</v>
       </c>
       <c r="O217" t="s">
-        <v>688</v>
+        <v>723</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>105689</v>
+        <v>128423</v>
       </c>
       <c r="B218" t="s">
         <v>15</v>
       </c>
       <c r="C218" t="s">
-        <v>689</v>
+        <v>724</v>
       </c>
       <c r="D218" t="s">
-        <v>420</v>
+        <v>90</v>
       </c>
       <c r="E218" t="s">
         <v>18</v>
       </c>
       <c r="F218" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="G218" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H218">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I218">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J218">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K218" t="s">
-        <v>164</v>
+        <v>91</v>
       </c>
       <c r="L218" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M218" t="s">
-        <v>164</v>
+        <v>91</v>
       </c>
       <c r="N218" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="O218" t="s">
-        <v>690</v>
+        <v>725</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>105690</v>
+        <v>128424</v>
       </c>
       <c r="B219" t="s">
         <v>15</v>
       </c>
       <c r="C219" t="s">
-        <v>691</v>
+        <v>726</v>
       </c>
       <c r="D219" t="s">
-        <v>692</v>
+        <v>727</v>
       </c>
       <c r="E219" t="s">
         <v>18</v>
       </c>
       <c r="F219" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="G219" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H219">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I219">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J219">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K219" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="L219" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M219" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="N219" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="O219" t="s">
-        <v>693</v>
+        <v>728</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>105691</v>
+        <v>128425</v>
       </c>
       <c r="B220" t="s">
         <v>15</v>
       </c>
       <c r="C220" t="s">
-        <v>694</v>
+        <v>729</v>
       </c>
       <c r="D220" t="s">
-        <v>695</v>
+        <v>143</v>
       </c>
       <c r="E220" t="s">
         <v>18</v>
       </c>
       <c r="F220" t="s">
-        <v>679</v>
+        <v>730</v>
       </c>
       <c r="G220" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H220">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I220">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J220">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K220" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="L220" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="M220" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="N220" t="s">
-        <v>177</v>
+        <v>145</v>
       </c>
       <c r="O220" t="s">
-        <v>696</v>
+        <v>731</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>105692</v>
+        <v>128426</v>
       </c>
       <c r="B221" t="s">
         <v>15</v>
       </c>
       <c r="C221" t="s">
-        <v>697</v>
+        <v>732</v>
       </c>
       <c r="D221" t="s">
-        <v>698</v>
+        <v>82</v>
       </c>
       <c r="E221" t="s">
         <v>18</v>
       </c>
       <c r="F221" t="s">
-        <v>679</v>
+        <v>730</v>
       </c>
       <c r="G221" t="s">
         <v>20</v>
       </c>
       <c r="H221">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I221">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J221">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K221" t="s">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="L221" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M221" t="s">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="N221" t="s">
-        <v>377</v>
+        <v>83</v>
       </c>
       <c r="O221" t="s">
-        <v>699</v>
+        <v>733</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>105693</v>
+        <v>128427</v>
       </c>
       <c r="B222" t="s">
         <v>15</v>
       </c>
       <c r="C222" t="s">
-        <v>700</v>
+        <v>734</v>
       </c>
       <c r="D222" t="s">
-        <v>701</v>
+        <v>135</v>
       </c>
       <c r="E222" t="s">
         <v>18</v>
       </c>
       <c r="F222" t="s">
-        <v>679</v>
+        <v>543</v>
       </c>
       <c r="G222" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H222">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I222">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J222">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K222" t="s">
-        <v>181</v>
+        <v>75</v>
       </c>
       <c r="L222" t="s">
         <v>22</v>
       </c>
       <c r="M222" t="s">
-        <v>181</v>
+        <v>75</v>
       </c>
       <c r="N222" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="O222" t="s">
-        <v>702</v>
+        <v>735</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>105694</v>
+        <v>128428</v>
       </c>
       <c r="B223" t="s">
         <v>15</v>
       </c>
       <c r="C223" t="s">
-        <v>703</v>
+        <v>736</v>
       </c>
       <c r="D223" t="s">
-        <v>704</v>
+        <v>360</v>
       </c>
       <c r="E223" t="s">
         <v>18</v>
       </c>
       <c r="F223" t="s">
-        <v>705</v>
+        <v>543</v>
       </c>
       <c r="G223" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H223">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I223">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J223">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K223" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="L223" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M223" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="N223" t="s">
-        <v>706</v>
+        <v>117</v>
       </c>
       <c r="O223" t="s">
-        <v>707</v>
+        <v>737</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>105695</v>
+        <v>128429</v>
       </c>
       <c r="B224" t="s">
         <v>15</v>
       </c>
       <c r="C224" t="s">
-        <v>708</v>
+        <v>738</v>
       </c>
       <c r="D224" t="s">
-        <v>157</v>
+        <v>105</v>
       </c>
       <c r="E224" t="s">
         <v>18</v>
       </c>
       <c r="F224" t="s">
-        <v>705</v>
+        <v>739</v>
       </c>
       <c r="G224" t="s">
         <v>20</v>
       </c>
       <c r="H224">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I224">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J224">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K224" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="L224" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="M224" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="N224" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="O224" t="s">
-        <v>709</v>
+        <v>740</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>105696</v>
+        <v>128430</v>
       </c>
       <c r="B225" t="s">
         <v>15</v>
       </c>
       <c r="C225" t="s">
-        <v>710</v>
+        <v>741</v>
       </c>
       <c r="D225" t="s">
-        <v>711</v>
+        <v>150</v>
       </c>
       <c r="E225" t="s">
         <v>18</v>
       </c>
       <c r="F225" t="s">
-        <v>705</v>
+        <v>742</v>
       </c>
       <c r="G225" t="s">
         <v>27</v>
       </c>
       <c r="H225">
         <v>2</v>
       </c>
       <c r="I225">
         <v>1</v>
       </c>
       <c r="J225">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K225" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="L225" t="s">
         <v>22</v>
       </c>
       <c r="M225" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="N225" t="s">
-        <v>84</v>
+        <v>151</v>
       </c>
       <c r="O225" t="s">
-        <v>712</v>
+        <v>743</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>105697</v>
+        <v>128431</v>
       </c>
       <c r="B226" t="s">
         <v>15</v>
       </c>
       <c r="C226" t="s">
-        <v>713</v>
+        <v>744</v>
       </c>
       <c r="D226" t="s">
-        <v>714</v>
+        <v>127</v>
       </c>
       <c r="E226" t="s">
         <v>18</v>
       </c>
       <c r="F226" t="s">
-        <v>705</v>
+        <v>742</v>
       </c>
       <c r="G226" t="s">
         <v>20</v>
       </c>
       <c r="H226">
         <v>2</v>
       </c>
       <c r="I226">
         <v>2</v>
       </c>
       <c r="J226">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K226" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="L226" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M226" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="N226" t="s">
-        <v>23</v>
+        <v>129</v>
       </c>
       <c r="O226" t="s">
-        <v>715</v>
+        <v>745</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>105698</v>
+        <v>128432</v>
       </c>
       <c r="B227" t="s">
         <v>15</v>
       </c>
       <c r="C227" t="s">
-        <v>716</v>
+        <v>746</v>
       </c>
       <c r="D227" t="s">
-        <v>511</v>
+        <v>747</v>
       </c>
       <c r="E227" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="F227" t="s">
-        <v>705</v>
+        <v>739</v>
       </c>
       <c r="G227" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H227">
         <v>1</v>
       </c>
       <c r="I227">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J227">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K227" t="s">
-        <v>176</v>
+        <v>91</v>
       </c>
       <c r="L227" t="s">
         <v>22</v>
       </c>
       <c r="M227" t="s">
-        <v>176</v>
+        <v>43</v>
       </c>
       <c r="N227" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="O227" t="s">
-        <v>717</v>
+        <v>748</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>105699</v>
+        <v>128433</v>
       </c>
       <c r="B228" t="s">
         <v>15</v>
       </c>
       <c r="C228" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="D228" t="s">
-        <v>299</v>
+        <v>94</v>
       </c>
       <c r="E228" t="s">
         <v>18</v>
       </c>
       <c r="F228" t="s">
-        <v>705</v>
+        <v>739</v>
       </c>
       <c r="G228" t="s">
         <v>20</v>
       </c>
       <c r="H228">
         <v>1</v>
       </c>
       <c r="I228">
         <v>1</v>
       </c>
       <c r="J228">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K228" t="s">
-        <v>181</v>
+        <v>91</v>
       </c>
       <c r="L228" t="s">
         <v>22</v>
       </c>
       <c r="M228" t="s">
-        <v>181</v>
+        <v>91</v>
       </c>
       <c r="N228" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="O228" t="s">
-        <v>719</v>
+        <v>749</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>105700</v>
+        <v>128434</v>
       </c>
       <c r="B229" t="s">
         <v>15</v>
       </c>
       <c r="C229" t="s">
-        <v>720</v>
+        <v>750</v>
       </c>
       <c r="D229" t="s">
-        <v>721</v>
+        <v>751</v>
       </c>
       <c r="E229" t="s">
         <v>18</v>
       </c>
       <c r="F229" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="G229" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H229">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I229">
         <v>1</v>
       </c>
       <c r="J229">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K229" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="L229" t="s">
         <v>22</v>
       </c>
       <c r="M229" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="N229" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="O229" t="s">
-        <v>723</v>
+        <v>752</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>105701</v>
+        <v>128435</v>
       </c>
       <c r="B230" t="s">
         <v>15</v>
       </c>
       <c r="C230" t="s">
-        <v>724</v>
+        <v>753</v>
       </c>
       <c r="D230" t="s">
-        <v>180</v>
+        <v>313</v>
       </c>
       <c r="E230" t="s">
         <v>18</v>
       </c>
       <c r="F230" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="G230" t="s">
         <v>20</v>
       </c>
       <c r="H230">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I230">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J230">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K230" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="L230" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="M230" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="N230" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="O230" t="s">
-        <v>725</v>
+        <v>754</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>105702</v>
+        <v>128436</v>
       </c>
       <c r="B231" t="s">
         <v>15</v>
       </c>
       <c r="C231" t="s">
-        <v>726</v>
+        <v>755</v>
       </c>
       <c r="D231" t="s">
-        <v>727</v>
+        <v>747</v>
       </c>
       <c r="E231" t="s">
         <v>18</v>
       </c>
       <c r="F231" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="G231" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H231">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I231">
         <v>1</v>
       </c>
       <c r="J231">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K231" t="s">
-        <v>154</v>
+        <v>43</v>
       </c>
       <c r="L231" t="s">
         <v>22</v>
       </c>
       <c r="M231" t="s">
-        <v>154</v>
+        <v>43</v>
       </c>
       <c r="N231" t="s">
-        <v>400</v>
+        <v>69</v>
       </c>
       <c r="O231" t="s">
-        <v>728</v>
-[...479 lines deleted...]
-      <c r="C242" t="s">
         <v>756</v>
-      </c>
-[...7648 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">